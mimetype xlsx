--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -12,124 +12,292 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="534">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>organo</t>
   </si>
   <si>
     <t>sesion</t>
   </si>
   <si>
     <t>convocatoria_pdf_id</t>
   </si>
   <si>
     <t>convocatoria_open_id</t>
   </si>
   <si>
     <t>acta_pdf_id</t>
   </si>
   <si>
     <t>acta_open_id</t>
   </si>
   <si>
     <t>acuerdos_pdf_id</t>
   </si>
   <si>
     <t>acuerdos_open_id</t>
   </si>
   <si>
     <t>videoacta_pdf_id</t>
   </si>
   <si>
     <t>videoacta_open_id</t>
   </si>
   <si>
     <t>enlance_exterior</t>
   </si>
   <si>
     <t>nota_prensa</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
+    <t>29-01-2026</t>
+  </si>
+  <si>
+    <t>Pleno</t>
+  </si>
+  <si>
+    <t>Ordinaria</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1769435174orden dia pleno 012926.pdf</t>
+  </si>
+  <si>
+    <t>28-01-2026</t>
+  </si>
+  <si>
+    <t>Junta de Gobierno</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1769434192ORDEN DIA JG 28 ENERO 26.pdf</t>
+  </si>
+  <si>
+    <t>21-01-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768829181ORDEN DIA JG 21 ENERO 26.pdf</t>
+  </si>
+  <si>
+    <t>14-01-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768224000ORDEN DIA JG 14 ENERO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768824582extracto jg 14 enero 26.pdf</t>
+  </si>
+  <si>
+    <t>07-01-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1767359545ORDEN DIA JG 7 ENERO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768224244extracto jg 7 enero 26.pdf</t>
+  </si>
+  <si>
+    <t>23-12-2025</t>
+  </si>
+  <si>
+    <t>Extraordinaria</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1766145609Participo Decreto Convocatoria.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1766993181Extracto 23 DICIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>18-12-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765801922orden dia pleno extra 121825 .pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768899044extracto pleno 121825.pdf</t>
+  </si>
+  <si>
+    <t>17-12-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765800299Participo Decreto Convocatoria.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1766493004Extracto 17 DICIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>10-12-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764938671convocatoria JGL 10 DE DICIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765886676Extracto 10 DICIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>03-12-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764595395participo decreto convocatiroa 120325.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765886104Extracto 3 DICIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>27-11-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1763991863Participo convocatoria Pleno 112725.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768224681Acta  PLENO 112725 27 NOVIEMBRE 25 aprobada.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765971557extracto pleno 27 noviembre.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768224694relacion decretos pleno noviembre.pdf</t>
+  </si>
+  <si>
+    <t>26-11-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1763992113Participo Decreto Convocatoria112625.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764939392Extracto 26 NOVIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>19-11-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1763384569convocatoria JGL 19 DE NOVIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764148897Extracto19 NOVIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>12-11-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1762778897convocatoria JGL 12 DE NOVIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1763383417Extracto Acuerdos JG 12 noviembre 25.pdf</t>
+  </si>
+  <si>
+    <t>11-11-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1762518047orden dia pleno extraoridanrio 11 noviembre 2025.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764680529ACTA APROBADA PLENO 11 NOVIEMBRE.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1763558666extracto pleno 11 noviembre 25.pdf</t>
+  </si>
+  <si>
+    <t>05-11-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1762179051CA1E93CF30A8D04386B025A2A548032C.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1762518818Extracto JG 5 noviembre 2025.pdf</t>
+  </si>
+  <si>
     <t>30-10-2025</t>
   </si>
   <si>
-    <t>Pleno</t>
-[...4 lines deleted...]
-  <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1761574013orden dia pleno 30 octubre 2025.pdf</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764680391ACTA APROBADA PLENO OCTUBRE.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1763558508extracto pleno octubre 25.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764680405RELACION DECRETOS PLENO OCTUBRE 2025.pdf</t>
+  </si>
+  <si>
     <t>29-10-2025</t>
   </si>
   <si>
-    <t>Junta de Gobierno</t>
-[...1 lines deleted...]
-  <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1761574056orden dia junta de gobierno 29 octubre 2025.pdf</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17621556995B2C06C3B927894E9AE9AFA743B2D01C.pdf</t>
+  </si>
+  <si>
     <t>22-10-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1761658602719E896523102840B1FF186B10E40C07.pdf</t>
   </si>
   <si>
+    <t>25-09-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/176226442482F30D3F11E43D458DF25DDDDA859909.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1762519807RELACION DECRETOS PLENO SEPTIEMBRE 2025.pdf</t>
+  </si>
+  <si>
     <t>14-05-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476435462025-05-14 Ordinaria.pdf</t>
   </si>
   <si>
     <t>07-05-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476435252025-05-07 Ordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476435282025-05-07 Ordinaria.pdf</t>
   </si>
   <si>
     <t>30-04-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476435072025-04-30 Ordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476435092025-04-30 Ordinaria.pdf</t>
   </si>
   <si>
     <t>24-04-2025</t>
@@ -297,53 +465,50 @@
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476430962025-01-22 Ordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476430992025-01-22 Ordinaria.pdf</t>
   </si>
   <si>
     <t>15-01-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476430732025-01-15 Ordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476430762025-01-15 Ordinaria.pdf</t>
   </si>
   <si>
     <t>08-01-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476430482025-01-08 Ordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476430522025-01-08 Ordinaria.pdf</t>
   </si>
   <si>
     <t>19-12-2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extraordinaria</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17473076672024-12-19 Extraordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17473076452024-12-19 Extraordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17473076282024-12-19 Ordinaria.pdf</t>
   </si>
   <si>
     <t>18-12-2024</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476429842024-12-18 Ordinaria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476429872024-12-18 Ordinaria.pdf</t>
   </si>
   <si>
     <t>11-12-2024</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/17476429662024-12-11 Ordinaria.pdf</t>
   </si>
@@ -1827,69 +1992,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z147"/>
+  <dimension ref="A1:Z164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="142" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="123" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="109" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="115" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="128" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
@@ -1912,3475 +2077,3878 @@
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>6556</v>
+        <v>6908</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="O2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>6557</v>
+        <v>6907</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="O3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>6563</v>
+        <v>6898</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
-      <c r="G4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="O4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>5659</v>
+        <v>6852</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
       <c r="O5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>5658</v>
+        <v>6789</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>5657</v>
+        <v>6770</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="O7">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>5529</v>
+        <v>6744</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E8" t="s">
-        <v>33</v>
+        <v>35</v>
+      </c>
+      <c r="I8" t="s">
+        <v>36</v>
       </c>
       <c r="O8">
         <v>2025</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>5656</v>
+        <v>6743</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I9" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="O9">
         <v>2025</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>5655</v>
+        <v>6729</v>
       </c>
       <c r="B10" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I10" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="O10">
         <v>2025</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>5654</v>
+        <v>6701</v>
       </c>
       <c r="B11" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I11" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="O11">
         <v>2025</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>5653</v>
+        <v>6645</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>44</v>
+        <v>47</v>
+      </c>
+      <c r="G12" t="s">
+        <v>48</v>
       </c>
       <c r="I12" t="s">
-        <v>45</v>
+        <v>49</v>
+      </c>
+      <c r="K12" t="s">
+        <v>50</v>
       </c>
       <c r="O12">
         <v>2025</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>5528</v>
+        <v>6646</v>
       </c>
       <c r="B13" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="I13" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="O13">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>5652</v>
+        <v>6618</v>
       </c>
       <c r="B14" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I14" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="O14">
         <v>2025</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>5651</v>
+        <v>6592</v>
       </c>
       <c r="B15" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="I15" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="O15">
         <v>2025</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>5650</v>
+        <v>6588</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>57</v>
+        <v>61</v>
+      </c>
+      <c r="G16" t="s">
+        <v>62</v>
       </c>
       <c r="I16" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="O16">
         <v>2025</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>5649</v>
+        <v>6577</v>
       </c>
       <c r="B17" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="I17" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="O17">
         <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>5527</v>
+        <v>6556</v>
       </c>
       <c r="B18" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C18" t="s">
         <v>16</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I18" t="s">
-        <v>65</v>
+        <v>70</v>
+      </c>
+      <c r="K18" t="s">
+        <v>71</v>
       </c>
       <c r="O18">
         <v>2025</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>5648</v>
+        <v>6557</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>73</v>
+      </c>
+      <c r="G19" t="s">
+        <v>74</v>
       </c>
       <c r="O19">
         <v>2025</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>5646</v>
+        <v>6563</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>17</v>
       </c>
-      <c r="E20" t="s">
-[...3 lines deleted...]
-        <v>71</v>
+      <c r="G20" t="s">
+        <v>76</v>
       </c>
       <c r="O20">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>5645</v>
+        <v>6575</v>
       </c>
       <c r="B21" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C21" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
-      <c r="E21" t="s">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="G21" t="s">
+        <v>78</v>
+      </c>
+      <c r="K21" t="s">
+        <v>79</v>
       </c>
       <c r="O21">
         <v>2025</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>5644</v>
+        <v>5659</v>
       </c>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C22" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
       <c r="E22" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="O22">
         <v>2025</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>5526</v>
+        <v>5658</v>
       </c>
       <c r="B23" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C23" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="I23" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="O23">
         <v>2025</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>5643</v>
+        <v>5657</v>
       </c>
       <c r="B24" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>17</v>
       </c>
       <c r="E24" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I24" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="O24">
         <v>2025</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>5642</v>
+        <v>5529</v>
       </c>
       <c r="B25" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C25" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D25" t="s">
         <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="O25">
         <v>2025</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>5641</v>
+        <v>5656</v>
       </c>
       <c r="B26" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>17</v>
       </c>
       <c r="E26" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I26" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="O26">
         <v>2025</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>5640</v>
+        <v>5655</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I27" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O27">
         <v>2025</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>5525</v>
+        <v>5654</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C28" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E28" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="G28" t="s">
         <v>97</v>
       </c>
       <c r="I28" t="s">
         <v>98</v>
       </c>
       <c r="O28">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>5639</v>
+        <v>5653</v>
       </c>
       <c r="B29" t="s">
         <v>99</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>100</v>
       </c>
       <c r="I29" t="s">
         <v>101</v>
       </c>
       <c r="O29">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>5638</v>
+        <v>5528</v>
       </c>
       <c r="B30" t="s">
         <v>102</v>
       </c>
       <c r="C30" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D30" t="s">
         <v>17</v>
       </c>
       <c r="E30" t="s">
         <v>103</v>
       </c>
+      <c r="G30" t="s">
+        <v>104</v>
+      </c>
       <c r="I30" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>5637</v>
+        <v>5652</v>
       </c>
       <c r="B31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I31" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="O31">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>5524</v>
+        <v>5651</v>
       </c>
       <c r="B32" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="G32" t="s">
         <v>110</v>
       </c>
       <c r="I32" t="s">
         <v>111</v>
       </c>
       <c r="O32">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>5636</v>
+        <v>5650</v>
       </c>
       <c r="B33" t="s">
         <v>112</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>17</v>
       </c>
       <c r="E33" t="s">
         <v>113</v>
       </c>
       <c r="I33" t="s">
         <v>114</v>
       </c>
       <c r="O33">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>5635</v>
+        <v>5649</v>
       </c>
       <c r="B34" t="s">
         <v>115</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="E34" t="s">
         <v>116</v>
       </c>
       <c r="I34" t="s">
         <v>117</v>
       </c>
       <c r="O34">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>5634</v>
+        <v>5527</v>
       </c>
       <c r="B35" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D35" t="s">
         <v>17</v>
       </c>
       <c r="E35" t="s">
         <v>119</v>
       </c>
+      <c r="G35" t="s">
+        <v>120</v>
+      </c>
       <c r="I35" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O35">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>5633</v>
+        <v>5648</v>
       </c>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>17</v>
       </c>
       <c r="E36" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="H36" t="s">
         <v>123</v>
       </c>
+      <c r="I36" t="s">
+        <v>124</v>
+      </c>
       <c r="O36">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>5523</v>
+        <v>5646</v>
       </c>
       <c r="B37" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C37" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>17</v>
       </c>
       <c r="E37" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G37" t="s">
         <v>126</v>
       </c>
       <c r="I37" t="s">
         <v>127</v>
       </c>
       <c r="O37">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>5632</v>
+        <v>5645</v>
       </c>
       <c r="B38" t="s">
         <v>128</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>17</v>
       </c>
       <c r="E38" t="s">
         <v>129</v>
       </c>
       <c r="I38" t="s">
         <v>130</v>
       </c>
       <c r="O38">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>5631</v>
+        <v>5644</v>
       </c>
       <c r="B39" t="s">
         <v>131</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>17</v>
       </c>
       <c r="E39" t="s">
         <v>132</v>
       </c>
       <c r="I39" t="s">
         <v>133</v>
       </c>
       <c r="O39">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>5630</v>
+        <v>5526</v>
       </c>
       <c r="B40" t="s">
         <v>134</v>
       </c>
       <c r="C40" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D40" t="s">
         <v>17</v>
       </c>
       <c r="E40" t="s">
         <v>135</v>
       </c>
+      <c r="G40" t="s">
+        <v>136</v>
+      </c>
       <c r="I40" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="O40">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>5522</v>
+        <v>5643</v>
       </c>
       <c r="B41" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C41" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D41" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E41" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="G41" t="s">
         <v>139</v>
       </c>
       <c r="I41" t="s">
         <v>140</v>
       </c>
       <c r="O41">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>5629</v>
+        <v>5642</v>
       </c>
       <c r="B42" t="s">
         <v>141</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>17</v>
       </c>
       <c r="E42" t="s">
         <v>142</v>
       </c>
       <c r="I42" t="s">
         <v>143</v>
       </c>
       <c r="O42">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>5628</v>
+        <v>5641</v>
       </c>
       <c r="B43" t="s">
         <v>144</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>17</v>
       </c>
       <c r="E43" t="s">
         <v>145</v>
       </c>
       <c r="I43" t="s">
         <v>146</v>
       </c>
       <c r="O43">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>5521</v>
+        <v>5640</v>
       </c>
       <c r="B44" t="s">
         <v>147</v>
       </c>
       <c r="C44" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>17</v>
       </c>
       <c r="E44" t="s">
         <v>148</v>
       </c>
-      <c r="G44" t="s">
+      <c r="I44" t="s">
         <v>149</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O44">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>5627</v>
+        <v>5525</v>
       </c>
       <c r="B45" t="s">
+        <v>150</v>
+      </c>
+      <c r="C45" t="s">
+        <v>16</v>
+      </c>
+      <c r="D45" t="s">
+        <v>31</v>
+      </c>
+      <c r="E45" t="s">
         <v>151</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="G45" t="s">
         <v>152</v>
       </c>
       <c r="I45" t="s">
         <v>153</v>
       </c>
       <c r="O45">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>5626</v>
+        <v>5639</v>
       </c>
       <c r="B46" t="s">
         <v>154</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>17</v>
       </c>
       <c r="E46" t="s">
         <v>155</v>
       </c>
       <c r="I46" t="s">
         <v>156</v>
       </c>
       <c r="O46">
         <v>2024</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>5625</v>
+        <v>5638</v>
       </c>
       <c r="B47" t="s">
         <v>157</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>17</v>
       </c>
       <c r="E47" t="s">
         <v>158</v>
       </c>
       <c r="I47" t="s">
         <v>159</v>
       </c>
       <c r="O47">
         <v>2024</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>5624</v>
+        <v>5637</v>
       </c>
       <c r="B48" t="s">
         <v>160</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>17</v>
       </c>
       <c r="E48" t="s">
         <v>161</v>
       </c>
       <c r="I48" t="s">
         <v>162</v>
       </c>
       <c r="O48">
         <v>2024</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>5623</v>
+        <v>5524</v>
       </c>
       <c r="B49" t="s">
         <v>163</v>
       </c>
       <c r="C49" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D49" t="s">
         <v>17</v>
       </c>
       <c r="E49" t="s">
         <v>164</v>
       </c>
+      <c r="G49" t="s">
+        <v>165</v>
+      </c>
       <c r="I49" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="O49">
         <v>2024</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>5622</v>
+        <v>5636</v>
       </c>
       <c r="B50" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>17</v>
       </c>
       <c r="E50" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I50" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="O50">
         <v>2024</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>5621</v>
+        <v>5635</v>
       </c>
       <c r="B51" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>17</v>
       </c>
       <c r="E51" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I51" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="O51">
         <v>2024</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>5620</v>
+        <v>5634</v>
       </c>
       <c r="B52" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>17</v>
       </c>
       <c r="E52" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I52" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="O52">
         <v>2024</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>5520</v>
+        <v>5633</v>
       </c>
       <c r="B53" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C53" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>17</v>
       </c>
-      <c r="G53" t="s">
-[...2 lines deleted...]
-      <c r="I53" t="s">
+      <c r="E53" t="s">
         <v>177</v>
+      </c>
+      <c r="H53" t="s">
+        <v>178</v>
       </c>
       <c r="O53">
         <v>2024</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>5619</v>
+        <v>5523</v>
       </c>
       <c r="B54" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C54" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D54" t="s">
         <v>17</v>
       </c>
       <c r="E54" t="s">
-        <v>178</v>
+        <v>180</v>
+      </c>
+      <c r="G54" t="s">
+        <v>181</v>
       </c>
       <c r="I54" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="O54">
         <v>2024</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>5618</v>
+        <v>5632</v>
       </c>
       <c r="B55" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>17</v>
       </c>
       <c r="E55" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="I55" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="O55">
         <v>2024</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>5617</v>
+        <v>5631</v>
       </c>
       <c r="B56" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>17</v>
       </c>
       <c r="E56" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="I56" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="O56">
         <v>2024</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>5519</v>
+        <v>5630</v>
       </c>
       <c r="B57" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C57" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I57" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="O57">
         <v>2024</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>5616</v>
+        <v>5522</v>
       </c>
       <c r="B58" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C58" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E58" t="s">
-        <v>191</v>
+        <v>193</v>
+      </c>
+      <c r="G58" t="s">
+        <v>194</v>
       </c>
       <c r="I58" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="O58">
         <v>2024</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>5615</v>
+        <v>5629</v>
       </c>
       <c r="B59" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>17</v>
       </c>
       <c r="E59" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I59" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="O59">
         <v>2024</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>5614</v>
+        <v>5628</v>
       </c>
       <c r="B60" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="E60" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="I60" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="O60">
         <v>2024</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>5518</v>
+        <v>5521</v>
       </c>
       <c r="B61" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C61" t="s">
         <v>16</v>
       </c>
       <c r="D61" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E61" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="G61" t="s">
-        <v>201</v>
+        <v>204</v>
+      </c>
+      <c r="I61" t="s">
+        <v>205</v>
       </c>
       <c r="O61">
         <v>2024</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>5613</v>
+        <v>5627</v>
       </c>
       <c r="B62" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E62" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="I62" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="O62">
         <v>2024</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>5517</v>
+        <v>5626</v>
       </c>
       <c r="B63" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C63" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="I63" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="O63">
         <v>2024</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>5612</v>
+        <v>5625</v>
       </c>
       <c r="B64" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>17</v>
       </c>
       <c r="E64" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="I64" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="O64">
         <v>2024</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>5611</v>
+        <v>5624</v>
       </c>
       <c r="B65" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>17</v>
       </c>
       <c r="E65" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="I65" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="O65">
         <v>2024</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>5610</v>
+        <v>5623</v>
       </c>
       <c r="B66" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>17</v>
       </c>
       <c r="E66" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>219</v>
+      </c>
+      <c r="I66" t="s">
+        <v>220</v>
       </c>
       <c r="O66">
         <v>2024</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>5516</v>
+        <v>5622</v>
       </c>
       <c r="B67" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C67" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D67" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E67" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I67" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O67">
         <v>2024</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>5609</v>
+        <v>5621</v>
       </c>
       <c r="B68" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>17</v>
       </c>
       <c r="E68" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I68" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="O68">
         <v>2024</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>5515</v>
+        <v>5620</v>
       </c>
       <c r="B69" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C69" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="E69" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I69" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="O69">
         <v>2024</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>5608</v>
+        <v>5520</v>
       </c>
       <c r="B70" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C70" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D70" t="s">
         <v>17</v>
       </c>
-      <c r="E70" t="s">
-[...2 lines deleted...]
-      <c r="H70" t="s">
+      <c r="G70" t="s">
         <v>231</v>
+      </c>
+      <c r="I70" t="s">
+        <v>232</v>
       </c>
       <c r="O70">
         <v>2024</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>5607</v>
+        <v>5619</v>
       </c>
       <c r="B71" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
       <c r="E71" t="s">
         <v>233</v>
       </c>
       <c r="I71" t="s">
         <v>234</v>
       </c>
       <c r="O71">
         <v>2024</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>5606</v>
+        <v>5618</v>
       </c>
       <c r="B72" t="s">
         <v>235</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>17</v>
       </c>
       <c r="E72" t="s">
         <v>236</v>
       </c>
       <c r="I72" t="s">
         <v>237</v>
       </c>
       <c r="O72">
         <v>2024</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>5605</v>
+        <v>5617</v>
       </c>
       <c r="B73" t="s">
         <v>238</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>17</v>
       </c>
       <c r="E73" t="s">
         <v>239</v>
       </c>
       <c r="I73" t="s">
         <v>240</v>
       </c>
       <c r="O73">
         <v>2024</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>5604</v>
+        <v>5519</v>
       </c>
       <c r="B74" t="s">
         <v>241</v>
       </c>
       <c r="C74" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D74" t="s">
         <v>17</v>
       </c>
       <c r="E74" t="s">
         <v>242</v>
       </c>
+      <c r="G74" t="s">
+        <v>243</v>
+      </c>
       <c r="I74" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="O74">
         <v>2024</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>5514</v>
+        <v>5616</v>
       </c>
       <c r="B75" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C75" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>17</v>
       </c>
       <c r="E75" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="G75" t="s">
         <v>246</v>
       </c>
       <c r="I75" t="s">
         <v>247</v>
       </c>
       <c r="O75">
         <v>2024</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>5603</v>
+        <v>5615</v>
       </c>
       <c r="B76" t="s">
         <v>248</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>17</v>
       </c>
       <c r="E76" t="s">
         <v>249</v>
       </c>
       <c r="I76" t="s">
         <v>250</v>
       </c>
       <c r="O76">
         <v>2024</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>5602</v>
+        <v>5614</v>
       </c>
       <c r="B77" t="s">
         <v>251</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>17</v>
       </c>
       <c r="E77" t="s">
         <v>252</v>
       </c>
       <c r="I77" t="s">
         <v>253</v>
       </c>
       <c r="O77">
         <v>2024</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>5601</v>
+        <v>5518</v>
       </c>
       <c r="B78" t="s">
         <v>254</v>
       </c>
       <c r="C78" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E78" t="s">
         <v>255</v>
       </c>
-      <c r="I78" t="s">
+      <c r="G78" t="s">
         <v>256</v>
       </c>
       <c r="O78">
         <v>2024</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>5513</v>
+        <v>5613</v>
       </c>
       <c r="B79" t="s">
         <v>257</v>
       </c>
       <c r="C79" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="E79" t="s">
         <v>258</v>
       </c>
-      <c r="G79" t="s">
+      <c r="I79" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="O79">
         <v>2024</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>5600</v>
+        <v>5517</v>
       </c>
       <c r="B80" t="s">
+        <v>260</v>
+      </c>
+      <c r="C80" t="s">
+        <v>16</v>
+      </c>
+      <c r="D80" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" t="s">
         <v>261</v>
       </c>
-      <c r="C80" t="s">
-[...5 lines deleted...]
-      <c r="E80" t="s">
+      <c r="G80" t="s">
         <v>262</v>
       </c>
       <c r="I80" t="s">
         <v>263</v>
       </c>
       <c r="O80">
         <v>2024</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>5599</v>
+        <v>5612</v>
       </c>
       <c r="B81" t="s">
         <v>264</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="E81" t="s">
         <v>265</v>
       </c>
       <c r="I81" t="s">
         <v>266</v>
       </c>
       <c r="O81">
         <v>2024</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>5598</v>
+        <v>5611</v>
       </c>
       <c r="B82" t="s">
         <v>267</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>17</v>
       </c>
       <c r="E82" t="s">
         <v>268</v>
       </c>
       <c r="I82" t="s">
         <v>269</v>
       </c>
       <c r="O82">
         <v>2024</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>5597</v>
+        <v>5610</v>
       </c>
       <c r="B83" t="s">
         <v>270</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>17</v>
       </c>
       <c r="E83" t="s">
         <v>271</v>
       </c>
-      <c r="I83" t="s">
+      <c r="H83" t="s">
         <v>272</v>
       </c>
       <c r="O83">
         <v>2024</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>5596</v>
+        <v>5516</v>
       </c>
       <c r="B84" t="s">
         <v>273</v>
       </c>
       <c r="C84" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E84" t="s">
         <v>274</v>
       </c>
+      <c r="G84" t="s">
+        <v>275</v>
+      </c>
       <c r="I84" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="O84">
         <v>2024</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>5512</v>
+        <v>5609</v>
       </c>
       <c r="B85" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C85" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>17</v>
       </c>
       <c r="E85" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="G85" t="s">
         <v>278</v>
       </c>
       <c r="I85" t="s">
         <v>279</v>
       </c>
       <c r="O85">
         <v>2024</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>5595</v>
+        <v>5515</v>
       </c>
       <c r="B86" t="s">
         <v>280</v>
       </c>
       <c r="C86" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D86" t="s">
         <v>17</v>
       </c>
       <c r="E86" t="s">
         <v>281</v>
       </c>
+      <c r="G86" t="s">
+        <v>282</v>
+      </c>
       <c r="I86" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="O86">
         <v>2024</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>5594</v>
+        <v>5608</v>
       </c>
       <c r="B87" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>17</v>
       </c>
       <c r="E87" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="I87" t="s">
         <v>285</v>
+      </c>
+      <c r="H87" t="s">
+        <v>286</v>
       </c>
       <c r="O87">
         <v>2024</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>5593</v>
+        <v>5607</v>
       </c>
       <c r="B88" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>17</v>
       </c>
       <c r="E88" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I88" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="O88">
         <v>2024</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>5592</v>
+        <v>5606</v>
       </c>
       <c r="B89" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E89" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I89" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O89">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>5591</v>
+        <v>5605</v>
       </c>
       <c r="B90" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>17</v>
       </c>
       <c r="E90" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="I90" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="O90">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>5511</v>
+        <v>5604</v>
       </c>
       <c r="B91" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C91" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>17</v>
       </c>
       <c r="E91" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G91" t="s">
         <v>297</v>
       </c>
       <c r="I91" t="s">
         <v>298</v>
       </c>
       <c r="O91">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>5590</v>
+        <v>5514</v>
       </c>
       <c r="B92" t="s">
         <v>299</v>
       </c>
       <c r="C92" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D92" t="s">
         <v>17</v>
       </c>
       <c r="E92" t="s">
         <v>300</v>
       </c>
+      <c r="G92" t="s">
+        <v>301</v>
+      </c>
       <c r="I92" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="O92">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>5589</v>
+        <v>5603</v>
       </c>
       <c r="B93" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>17</v>
       </c>
       <c r="E93" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I93" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="O93">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>5510</v>
+        <v>5602</v>
       </c>
       <c r="B94" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C94" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D94" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E94" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="G94" t="s">
         <v>307</v>
       </c>
       <c r="I94" t="s">
         <v>308</v>
       </c>
       <c r="O94">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>5509</v>
+        <v>5601</v>
       </c>
       <c r="B95" t="s">
         <v>309</v>
       </c>
       <c r="C95" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D95" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E95" t="s">
         <v>310</v>
       </c>
-      <c r="G95" t="s">
+      <c r="I95" t="s">
         <v>311</v>
       </c>
-      <c r="I95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O95">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>5588</v>
+        <v>5513</v>
       </c>
       <c r="B96" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C96" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D96" t="s">
         <v>17</v>
       </c>
       <c r="E96" t="s">
         <v>313</v>
       </c>
+      <c r="G96" t="s">
+        <v>314</v>
+      </c>
       <c r="I96" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="O96">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>5587</v>
+        <v>5600</v>
       </c>
       <c r="B97" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I97" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="O97">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>5508</v>
+        <v>5599</v>
       </c>
       <c r="B98" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C98" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>17</v>
       </c>
       <c r="E98" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="G98" t="s">
         <v>320</v>
       </c>
       <c r="I98" t="s">
         <v>321</v>
       </c>
       <c r="O98">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>5586</v>
+        <v>5598</v>
       </c>
       <c r="B99" t="s">
         <v>322</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>17</v>
       </c>
       <c r="E99" t="s">
         <v>323</v>
       </c>
       <c r="I99" t="s">
         <v>324</v>
       </c>
       <c r="O99">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>5585</v>
+        <v>5597</v>
       </c>
       <c r="B100" t="s">
         <v>325</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>17</v>
       </c>
       <c r="E100" t="s">
         <v>326</v>
       </c>
       <c r="I100" t="s">
         <v>327</v>
       </c>
       <c r="O100">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>5507</v>
+        <v>5596</v>
       </c>
       <c r="B101" t="s">
         <v>328</v>
       </c>
       <c r="C101" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D101" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E101" t="s">
         <v>329</v>
       </c>
-      <c r="G101" t="s">
+      <c r="I101" t="s">
         <v>330</v>
       </c>
-      <c r="I101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O101">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>5583</v>
+        <v>5512</v>
       </c>
       <c r="B102" t="s">
+        <v>331</v>
+      </c>
+      <c r="C102" t="s">
+        <v>16</v>
+      </c>
+      <c r="D102" t="s">
+        <v>17</v>
+      </c>
+      <c r="E102" t="s">
         <v>332</v>
       </c>
-      <c r="C102" t="s">
-[...5 lines deleted...]
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>333</v>
       </c>
       <c r="I102" t="s">
         <v>334</v>
       </c>
       <c r="O102">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>5506</v>
+        <v>5595</v>
       </c>
       <c r="B103" t="s">
         <v>335</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D103" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E103" t="s">
         <v>336</v>
       </c>
-      <c r="G103" t="s">
+      <c r="I103" t="s">
         <v>337</v>
       </c>
-      <c r="I103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O103">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>5582</v>
+        <v>5594</v>
       </c>
       <c r="B104" t="s">
+        <v>338</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>17</v>
+      </c>
+      <c r="E104" t="s">
         <v>339</v>
       </c>
-      <c r="C104" t="s">
-[...5 lines deleted...]
-      <c r="E104" t="s">
+      <c r="I104" t="s">
         <v>340</v>
       </c>
-      <c r="I104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O104">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>5581</v>
+        <v>5593</v>
       </c>
       <c r="B105" t="s">
+        <v>341</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>17</v>
+      </c>
+      <c r="E105" t="s">
         <v>342</v>
       </c>
-      <c r="C105" t="s">
-[...5 lines deleted...]
-      <c r="E105" t="s">
+      <c r="I105" t="s">
         <v>343</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O105">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>5580</v>
+        <v>5592</v>
       </c>
       <c r="B106" t="s">
+        <v>344</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>31</v>
+      </c>
+      <c r="E106" t="s">
         <v>345</v>
       </c>
-      <c r="C106" t="s">
-[...5 lines deleted...]
-      <c r="E106" t="s">
+      <c r="I106" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="O106">
         <v>2023</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>5579</v>
+        <v>5591</v>
       </c>
       <c r="B107" t="s">
+        <v>347</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>17</v>
+      </c>
+      <c r="E107" t="s">
         <v>348</v>
       </c>
-      <c r="C107" t="s">
-[...5 lines deleted...]
-      <c r="E107" t="s">
+      <c r="I107" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="O107">
         <v>2023</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>5578</v>
+        <v>5511</v>
       </c>
       <c r="B108" t="s">
+        <v>350</v>
+      </c>
+      <c r="C108" t="s">
+        <v>16</v>
+      </c>
+      <c r="D108" t="s">
+        <v>17</v>
+      </c>
+      <c r="E108" t="s">
         <v>351</v>
       </c>
-      <c r="C108" t="s">
-[...5 lines deleted...]
-      <c r="E108" t="s">
+      <c r="G108" t="s">
         <v>352</v>
       </c>
       <c r="I108" t="s">
         <v>353</v>
       </c>
       <c r="O108">
         <v>2023</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>5577</v>
+        <v>5590</v>
       </c>
       <c r="B109" t="s">
         <v>354</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>17</v>
       </c>
       <c r="E109" t="s">
         <v>355</v>
       </c>
       <c r="I109" t="s">
         <v>356</v>
       </c>
       <c r="O109">
         <v>2023</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>5576</v>
+        <v>5589</v>
       </c>
       <c r="B110" t="s">
         <v>357</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>17</v>
       </c>
       <c r="E110" t="s">
         <v>358</v>
       </c>
       <c r="I110" t="s">
         <v>359</v>
       </c>
       <c r="O110">
         <v>2023</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>5575</v>
+        <v>5510</v>
       </c>
       <c r="B111" t="s">
         <v>360</v>
       </c>
       <c r="C111" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E111" t="s">
         <v>361</v>
       </c>
+      <c r="G111" t="s">
+        <v>362</v>
+      </c>
       <c r="I111" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="O111">
         <v>2023</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>5505</v>
+        <v>5509</v>
       </c>
       <c r="B112" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C112" t="s">
         <v>16</v>
       </c>
       <c r="D112" t="s">
-        <v>95</v>
+        <v>31</v>
       </c>
       <c r="E112" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G112" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="I112" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="O112">
         <v>2023</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>5574</v>
+        <v>5588</v>
       </c>
       <c r="B113" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113" t="s">
         <v>368</v>
       </c>
       <c r="I113" t="s">
         <v>369</v>
       </c>
       <c r="O113">
         <v>2023</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>5504</v>
+        <v>5587</v>
       </c>
       <c r="B114" t="s">
         <v>370</v>
       </c>
       <c r="C114" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D114" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E114" t="s">
         <v>371</v>
       </c>
-      <c r="G114" t="s">
+      <c r="I114" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="O114">
         <v>2023</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>5573</v>
+        <v>5508</v>
       </c>
       <c r="B115" t="s">
+        <v>373</v>
+      </c>
+      <c r="C115" t="s">
+        <v>16</v>
+      </c>
+      <c r="D115" t="s">
+        <v>17</v>
+      </c>
+      <c r="E115" t="s">
         <v>374</v>
       </c>
-      <c r="C115" t="s">
-[...5 lines deleted...]
-      <c r="E115" t="s">
+      <c r="G115" t="s">
         <v>375</v>
       </c>
       <c r="I115" t="s">
         <v>376</v>
       </c>
       <c r="O115">
         <v>2023</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>5572</v>
+        <v>5586</v>
       </c>
       <c r="B116" t="s">
         <v>377</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116" t="s">
         <v>378</v>
       </c>
       <c r="I116" t="s">
         <v>379</v>
       </c>
       <c r="O116">
         <v>2023</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>5571</v>
+        <v>5585</v>
       </c>
       <c r="B117" t="s">
         <v>380</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>17</v>
       </c>
       <c r="E117" t="s">
         <v>381</v>
       </c>
       <c r="I117" t="s">
         <v>382</v>
       </c>
       <c r="O117">
         <v>2023</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>5570</v>
+        <v>5507</v>
       </c>
       <c r="B118" t="s">
         <v>383</v>
       </c>
       <c r="C118" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E118" t="s">
         <v>384</v>
       </c>
+      <c r="G118" t="s">
+        <v>385</v>
+      </c>
       <c r="I118" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="O118">
         <v>2023</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>5503</v>
+        <v>5583</v>
       </c>
       <c r="B119" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C119" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D119" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E119" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="G119" t="s">
         <v>388</v>
       </c>
       <c r="I119" t="s">
         <v>389</v>
       </c>
       <c r="O119">
         <v>2023</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>5502</v>
+        <v>5506</v>
       </c>
       <c r="B120" t="s">
         <v>390</v>
       </c>
       <c r="C120" t="s">
         <v>16</v>
       </c>
       <c r="D120" t="s">
+        <v>31</v>
+      </c>
+      <c r="E120" t="s">
         <v>391</v>
       </c>
-      <c r="E120" t="s">
+      <c r="G120" t="s">
         <v>392</v>
       </c>
-      <c r="G120" t="s">
+      <c r="I120" t="s">
         <v>393</v>
       </c>
       <c r="O120">
         <v>2023</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>5501</v>
+        <v>5582</v>
       </c>
       <c r="B121" t="s">
         <v>394</v>
       </c>
       <c r="C121" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D121" t="s">
+        <v>17</v>
+      </c>
+      <c r="E121" t="s">
         <v>395</v>
       </c>
-      <c r="E121" t="s">
+      <c r="I121" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
       <c r="O121">
         <v>2023</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>5569</v>
+        <v>5581</v>
       </c>
       <c r="B122" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="E122" t="s">
+        <v>398</v>
+      </c>
+      <c r="I122" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="O122">
         <v>2023</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>5548</v>
+        <v>5580</v>
       </c>
       <c r="B123" t="s">
+        <v>400</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>17</v>
+      </c>
+      <c r="E123" t="s">
         <v>401</v>
       </c>
-      <c r="C123" t="s">
-[...5 lines deleted...]
-      <c r="E123" t="s">
+      <c r="I123" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="O123">
         <v>2023</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>5547</v>
+        <v>5579</v>
       </c>
       <c r="B124" t="s">
+        <v>403</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>17</v>
+      </c>
+      <c r="E124" t="s">
         <v>404</v>
       </c>
-      <c r="C124" t="s">
-[...5 lines deleted...]
-      <c r="E124" t="s">
+      <c r="I124" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="O124">
         <v>2023</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>5546</v>
+        <v>5578</v>
       </c>
       <c r="B125" t="s">
+        <v>406</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>17</v>
+      </c>
+      <c r="E125" t="s">
         <v>407</v>
       </c>
-      <c r="C125" t="s">
-[...5 lines deleted...]
-      <c r="E125" t="s">
+      <c r="I125" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="O125">
         <v>2023</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>5545</v>
+        <v>5577</v>
       </c>
       <c r="B126" t="s">
+        <v>409</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>17</v>
+      </c>
+      <c r="E126" t="s">
         <v>410</v>
       </c>
-      <c r="C126" t="s">
-[...5 lines deleted...]
-      <c r="E126" t="s">
+      <c r="I126" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="O126">
         <v>2023</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>5500</v>
+        <v>5576</v>
       </c>
       <c r="B127" t="s">
+        <v>412</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>17</v>
+      </c>
+      <c r="E127" t="s">
         <v>413</v>
       </c>
-      <c r="C127" t="s">
-[...5 lines deleted...]
-      <c r="E127" t="s">
+      <c r="I127" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
       <c r="O127">
         <v>2023</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>5499</v>
+        <v>5575</v>
       </c>
       <c r="B128" t="s">
+        <v>415</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>17</v>
+      </c>
+      <c r="E128" t="s">
+        <v>416</v>
+      </c>
+      <c r="I128" t="s">
         <v>417</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
       <c r="O128">
         <v>2023</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>5544</v>
+        <v>5505</v>
       </c>
       <c r="B129" t="s">
+        <v>418</v>
+      </c>
+      <c r="C129" t="s">
+        <v>16</v>
+      </c>
+      <c r="D129" t="s">
+        <v>31</v>
+      </c>
+      <c r="E129" t="s">
+        <v>419</v>
+      </c>
+      <c r="G129" t="s">
+        <v>420</v>
+      </c>
+      <c r="I129" t="s">
         <v>421</v>
-      </c>
-[...10 lines deleted...]
-        <v>423</v>
       </c>
       <c r="O129">
         <v>2023</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>5543</v>
+        <v>5574</v>
       </c>
       <c r="B130" t="s">
+        <v>422</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>17</v>
+      </c>
+      <c r="E130" t="s">
+        <v>423</v>
+      </c>
+      <c r="I130" t="s">
         <v>424</v>
-      </c>
-[...10 lines deleted...]
-        <v>426</v>
       </c>
       <c r="O130">
         <v>2023</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>5542</v>
+        <v>5504</v>
       </c>
       <c r="B131" t="s">
+        <v>425</v>
+      </c>
+      <c r="C131" t="s">
+        <v>16</v>
+      </c>
+      <c r="D131" t="s">
+        <v>31</v>
+      </c>
+      <c r="E131" t="s">
+        <v>426</v>
+      </c>
+      <c r="G131" t="s">
         <v>427</v>
       </c>
-      <c r="C131" t="s">
-[...5 lines deleted...]
-      <c r="E131" t="s">
+      <c r="I131" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="O131">
         <v>2023</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>5541</v>
+        <v>5573</v>
       </c>
       <c r="B132" t="s">
+        <v>429</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>17</v>
+      </c>
+      <c r="E132" t="s">
         <v>430</v>
       </c>
-      <c r="C132" t="s">
-[...5 lines deleted...]
-      <c r="E132" t="s">
+      <c r="I132" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="O132">
         <v>2023</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>5498</v>
+        <v>5572</v>
       </c>
       <c r="B133" t="s">
+        <v>432</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>17</v>
+      </c>
+      <c r="E133" t="s">
         <v>433</v>
       </c>
-      <c r="C133" t="s">
-[...5 lines deleted...]
-      <c r="E133" t="s">
+      <c r="I133" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>436</v>
       </c>
       <c r="O133">
         <v>2023</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>5540</v>
+        <v>5571</v>
       </c>
       <c r="B134" t="s">
+        <v>435</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>17</v>
+      </c>
+      <c r="E134" t="s">
+        <v>436</v>
+      </c>
+      <c r="I134" t="s">
         <v>437</v>
-      </c>
-[...10 lines deleted...]
-        <v>439</v>
       </c>
       <c r="O134">
         <v>2023</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>5539</v>
+        <v>5570</v>
       </c>
       <c r="B135" t="s">
+        <v>438</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>17</v>
+      </c>
+      <c r="E135" t="s">
+        <v>439</v>
+      </c>
+      <c r="I135" t="s">
         <v>440</v>
-      </c>
-[...10 lines deleted...]
-        <v>442</v>
       </c>
       <c r="O135">
         <v>2023</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>5538</v>
+        <v>5503</v>
       </c>
       <c r="B136" t="s">
+        <v>441</v>
+      </c>
+      <c r="C136" t="s">
+        <v>16</v>
+      </c>
+      <c r="D136" t="s">
+        <v>31</v>
+      </c>
+      <c r="E136" t="s">
+        <v>442</v>
+      </c>
+      <c r="G136" t="s">
         <v>443</v>
       </c>
-      <c r="C136" t="s">
-[...5 lines deleted...]
-      <c r="E136" t="s">
+      <c r="I136" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="O136">
         <v>2023</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>5537</v>
+        <v>5502</v>
       </c>
       <c r="B137" t="s">
+        <v>445</v>
+      </c>
+      <c r="C137" t="s">
+        <v>16</v>
+      </c>
+      <c r="D137" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E137" t="s">
         <v>447</v>
       </c>
-      <c r="I137" t="s">
+      <c r="G137" t="s">
         <v>448</v>
       </c>
       <c r="O137">
         <v>2023</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>5497</v>
+        <v>5501</v>
       </c>
       <c r="B138" t="s">
         <v>449</v>
       </c>
       <c r="C138" t="s">
         <v>16</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>450</v>
       </c>
       <c r="E138" t="s">
-        <v>450</v>
+        <v>451</v>
+      </c>
+      <c r="G138" t="s">
+        <v>452</v>
       </c>
       <c r="I138" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="O138">
         <v>2023</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>5536</v>
+        <v>5569</v>
       </c>
       <c r="B139" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E139" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="I139" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="O139">
         <v>2023</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
-        <v>5535</v>
+        <v>5548</v>
       </c>
       <c r="B140" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E140" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I140" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="O140">
         <v>2023</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="1">
-        <v>5534</v>
+        <v>5547</v>
       </c>
       <c r="B141" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E141" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="I141" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="O141">
         <v>2023</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="1">
-        <v>5533</v>
+        <v>5546</v>
       </c>
       <c r="B142" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E142" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I142" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O142">
         <v>2023</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="1">
-        <v>5496</v>
+        <v>5545</v>
       </c>
       <c r="B143" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C143" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>17</v>
       </c>
       <c r="E143" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="G143" t="s">
         <v>466</v>
       </c>
       <c r="I143" t="s">
         <v>467</v>
       </c>
       <c r="O143">
         <v>2023</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="1">
-        <v>5532</v>
+        <v>5500</v>
       </c>
       <c r="B144" t="s">
         <v>468</v>
       </c>
       <c r="C144" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E144" t="s">
         <v>469</v>
       </c>
+      <c r="G144" t="s">
+        <v>470</v>
+      </c>
       <c r="I144" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="O144">
         <v>2023</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="1">
-        <v>5531</v>
+        <v>5499</v>
       </c>
       <c r="B145" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C145" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D145" t="s">
         <v>17</v>
       </c>
       <c r="E145" t="s">
-        <v>472</v>
+        <v>473</v>
+      </c>
+      <c r="G145" t="s">
+        <v>474</v>
       </c>
       <c r="I145" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="O145">
         <v>2023</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="1">
-        <v>5530</v>
+        <v>5544</v>
       </c>
       <c r="B146" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>17</v>
       </c>
       <c r="E146" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="I146" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="O146">
         <v>2023</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="1">
+        <v>5543</v>
+      </c>
+      <c r="B147" t="s">
+        <v>479</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>17</v>
+      </c>
+      <c r="E147" t="s">
+        <v>480</v>
+      </c>
+      <c r="I147" t="s">
+        <v>481</v>
+      </c>
+      <c r="O147">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="148" spans="1:26">
+      <c r="A148" s="1">
+        <v>5542</v>
+      </c>
+      <c r="B148" t="s">
+        <v>482</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>17</v>
+      </c>
+      <c r="E148" t="s">
+        <v>483</v>
+      </c>
+      <c r="I148" t="s">
+        <v>484</v>
+      </c>
+      <c r="O148">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="149" spans="1:26">
+      <c r="A149" s="1">
+        <v>5541</v>
+      </c>
+      <c r="B149" t="s">
+        <v>485</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>31</v>
+      </c>
+      <c r="E149" t="s">
+        <v>486</v>
+      </c>
+      <c r="I149" t="s">
+        <v>487</v>
+      </c>
+      <c r="O149">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="150" spans="1:26">
+      <c r="A150" s="1">
+        <v>5498</v>
+      </c>
+      <c r="B150" t="s">
+        <v>488</v>
+      </c>
+      <c r="C150" t="s">
+        <v>16</v>
+      </c>
+      <c r="D150" t="s">
+        <v>17</v>
+      </c>
+      <c r="E150" t="s">
+        <v>489</v>
+      </c>
+      <c r="G150" t="s">
+        <v>490</v>
+      </c>
+      <c r="I150" t="s">
+        <v>491</v>
+      </c>
+      <c r="O150">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="151" spans="1:26">
+      <c r="A151" s="1">
+        <v>5540</v>
+      </c>
+      <c r="B151" t="s">
+        <v>492</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>17</v>
+      </c>
+      <c r="E151" t="s">
+        <v>493</v>
+      </c>
+      <c r="I151" t="s">
+        <v>494</v>
+      </c>
+      <c r="O151">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="152" spans="1:26">
+      <c r="A152" s="1">
+        <v>5539</v>
+      </c>
+      <c r="B152" t="s">
+        <v>495</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>17</v>
+      </c>
+      <c r="E152" t="s">
+        <v>496</v>
+      </c>
+      <c r="I152" t="s">
+        <v>497</v>
+      </c>
+      <c r="O152">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="153" spans="1:26">
+      <c r="A153" s="1">
+        <v>5538</v>
+      </c>
+      <c r="B153" t="s">
+        <v>498</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>17</v>
+      </c>
+      <c r="E153" t="s">
+        <v>499</v>
+      </c>
+      <c r="I153" t="s">
+        <v>500</v>
+      </c>
+      <c r="O153">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="154" spans="1:26">
+      <c r="A154" s="1">
+        <v>5537</v>
+      </c>
+      <c r="B154" t="s">
+        <v>501</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>17</v>
+      </c>
+      <c r="E154" t="s">
+        <v>502</v>
+      </c>
+      <c r="I154" t="s">
+        <v>503</v>
+      </c>
+      <c r="O154">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="155" spans="1:26">
+      <c r="A155" s="1">
+        <v>5497</v>
+      </c>
+      <c r="B155" t="s">
+        <v>504</v>
+      </c>
+      <c r="C155" t="s">
+        <v>16</v>
+      </c>
+      <c r="D155" t="s">
+        <v>17</v>
+      </c>
+      <c r="E155" t="s">
+        <v>505</v>
+      </c>
+      <c r="I155" t="s">
+        <v>506</v>
+      </c>
+      <c r="O155">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="156" spans="1:26">
+      <c r="A156" s="1">
+        <v>5536</v>
+      </c>
+      <c r="B156" t="s">
+        <v>507</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>17</v>
+      </c>
+      <c r="E156" t="s">
+        <v>508</v>
+      </c>
+      <c r="I156" t="s">
+        <v>509</v>
+      </c>
+      <c r="O156">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="157" spans="1:26">
+      <c r="A157" s="1">
+        <v>5535</v>
+      </c>
+      <c r="B157" t="s">
+        <v>510</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>17</v>
+      </c>
+      <c r="E157" t="s">
+        <v>511</v>
+      </c>
+      <c r="I157" t="s">
+        <v>512</v>
+      </c>
+      <c r="O157">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="158" spans="1:26">
+      <c r="A158" s="1">
+        <v>5534</v>
+      </c>
+      <c r="B158" t="s">
+        <v>513</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>17</v>
+      </c>
+      <c r="E158" t="s">
+        <v>514</v>
+      </c>
+      <c r="I158" t="s">
+        <v>515</v>
+      </c>
+      <c r="O158">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="159" spans="1:26">
+      <c r="A159" s="1">
+        <v>5533</v>
+      </c>
+      <c r="B159" t="s">
+        <v>516</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>17</v>
+      </c>
+      <c r="E159" t="s">
+        <v>517</v>
+      </c>
+      <c r="I159" t="s">
+        <v>518</v>
+      </c>
+      <c r="O159">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="160" spans="1:26">
+      <c r="A160" s="1">
+        <v>5496</v>
+      </c>
+      <c r="B160" t="s">
+        <v>519</v>
+      </c>
+      <c r="C160" t="s">
+        <v>16</v>
+      </c>
+      <c r="D160" t="s">
+        <v>17</v>
+      </c>
+      <c r="E160" t="s">
+        <v>520</v>
+      </c>
+      <c r="G160" t="s">
+        <v>521</v>
+      </c>
+      <c r="I160" t="s">
+        <v>522</v>
+      </c>
+      <c r="O160">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="161" spans="1:26">
+      <c r="A161" s="1">
+        <v>5532</v>
+      </c>
+      <c r="B161" t="s">
+        <v>523</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>17</v>
+      </c>
+      <c r="E161" t="s">
+        <v>524</v>
+      </c>
+      <c r="I161" t="s">
+        <v>525</v>
+      </c>
+      <c r="O161">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="162" spans="1:26">
+      <c r="A162" s="1">
+        <v>5531</v>
+      </c>
+      <c r="B162" t="s">
+        <v>526</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>17</v>
+      </c>
+      <c r="E162" t="s">
+        <v>527</v>
+      </c>
+      <c r="I162" t="s">
+        <v>528</v>
+      </c>
+      <c r="O162">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="163" spans="1:26">
+      <c r="A163" s="1">
+        <v>5530</v>
+      </c>
+      <c r="B163" t="s">
+        <v>529</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>17</v>
+      </c>
+      <c r="E163" t="s">
+        <v>530</v>
+      </c>
+      <c r="I163" t="s">
+        <v>531</v>
+      </c>
+      <c r="O163">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="164" spans="1:26">
+      <c r="A164" s="1">
         <v>5584</v>
       </c>
-      <c r="B147" t="s">
-[...14 lines deleted...]
-      <c r="O147">
+      <c r="B164" t="s">
+        <v>529</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>17</v>
+      </c>
+      <c r="E164" t="s">
+        <v>532</v>
+      </c>
+      <c r="I164" t="s">
+        <v>533</v>
+      </c>
+      <c r="O164">
         <v>2023</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>