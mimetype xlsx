--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -12,158 +12,239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="534">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="561">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>organo</t>
   </si>
   <si>
     <t>sesion</t>
   </si>
   <si>
     <t>convocatoria_pdf_id</t>
   </si>
   <si>
     <t>convocatoria_open_id</t>
   </si>
   <si>
     <t>acta_pdf_id</t>
   </si>
   <si>
     <t>acta_open_id</t>
   </si>
   <si>
     <t>acuerdos_pdf_id</t>
   </si>
   <si>
     <t>acuerdos_open_id</t>
   </si>
   <si>
     <t>videoacta_pdf_id</t>
   </si>
   <si>
     <t>videoacta_open_id</t>
   </si>
   <si>
     <t>enlance_exterior</t>
   </si>
   <si>
     <t>nota_prensa</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
+    <t>18-03-2026</t>
+  </si>
+  <si>
+    <t>Junta de Gobierno</t>
+  </si>
+  <si>
+    <t>Ordinaria</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1773667545ORDEN DIA JG 18 MARZO 26.pdf</t>
+  </si>
+  <si>
+    <t>11-03-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1773056118ORDEN DIA JG 11 MARZO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1773660452extracto jg 11 marzo 26.pdf</t>
+  </si>
+  <si>
+    <t>04-03-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1772459114ORDEN DIA JG 4 MARZO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1773056299extracto jg 4 marzo 26.pdf</t>
+  </si>
+  <si>
+    <t>26-02-2026</t>
+  </si>
+  <si>
+    <t>Pleno</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1771914396orden dia pleno 022626.pdf</t>
+  </si>
+  <si>
+    <t>25-02-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1771850580ORDEN DIA JG 25 FEBRERO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1772193020extracto jg 25 febrero 26.pdf</t>
+  </si>
+  <si>
+    <t>18-02-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1771248170ORDEN DIA JG 18 FEBRERO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1772112599extracto jg 18 febrero 26.pdf</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770643902ORDEN DIA JG 11 FEBRERO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1771248421extracto jg 11 febrero 26.pdf</t>
+  </si>
+  <si>
+    <t>04-02-2026</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770037467ORDEN DIA JG 4 FEBRERO 26.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770898108extracto jg 4 febrero 26.pdf</t>
+  </si>
+  <si>
     <t>29-01-2026</t>
   </si>
   <si>
-    <t>Pleno</t>
-[...4 lines deleted...]
-  <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1769435174orden dia pleno 012926.pdf</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1772456101ACTA PLENO 012926 aprobada.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1772456205extracto pleno 29  enero 26 .pdf</t>
+  </si>
+  <si>
     <t>28-01-2026</t>
   </si>
   <si>
-    <t>Junta de Gobierno</t>
-[...1 lines deleted...]
-  <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1769434192ORDEN DIA JG 28 ENERO 26.pdf</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770381720extracto jg 28 enero 26.pdf</t>
+  </si>
+  <si>
     <t>21-01-2026</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768829181ORDEN DIA JG 21 ENERO 26.pdf</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770362485extracto jg 21 enero 26.pdf</t>
+  </si>
+  <si>
     <t>14-01-2026</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768224000ORDEN DIA JG 14 ENERO 26.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768824582extracto jg 14 enero 26.pdf</t>
   </si>
   <si>
     <t>07-01-2026</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1767359545ORDEN DIA JG 7 ENERO 26.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768224244extracto jg 7 enero 26.pdf</t>
   </si>
   <si>
     <t>23-12-2025</t>
   </si>
   <si>
     <t>Extraordinaria</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1766145609Participo Decreto Convocatoria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1766993181Extracto 23 DICIEMBRE 2025.pdf</t>
   </si>
   <si>
     <t>18-12-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765801922orden dia pleno extra 121825 .pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770038437ACTA PLENO 121825 18 diciembre 25 extraordinario aprobada.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1768899044extracto pleno 121825.pdf</t>
   </si>
   <si>
     <t>17-12-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765800299Participo Decreto Convocatoria.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1766493004Extracto 17 DICIEMBRE 2025.pdf</t>
   </si>
   <si>
     <t>10-12-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1764938671convocatoria JGL 10 DE DICIEMBRE 2025.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1765886676Extracto 10 DICIEMBRE 2025.pdf</t>
   </si>
   <si>
     <t>03-12-2025</t>
   </si>
@@ -1992,65 +2073,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z164"/>
+  <dimension ref="A1:Z172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="142" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="153" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="109" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="128" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
@@ -2077,3878 +2158,4071 @@
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>6908</v>
+        <v>7072</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="O2">
         <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>6907</v>
+        <v>7048</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>21</v>
       </c>
       <c r="O3">
         <v>2026</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>6898</v>
+        <v>7022</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
+      <c r="I4" t="s">
+        <v>24</v>
+      </c>
       <c r="O4">
         <v>2026</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>6852</v>
+        <v>7006</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5">
         <v>2026</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>6789</v>
+        <v>7002</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O6">
         <v>2026</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>6770</v>
+        <v>6983</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="I7" t="s">
         <v>33</v>
       </c>
       <c r="O7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>6744</v>
+        <v>6966</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="I8" t="s">
         <v>36</v>
       </c>
       <c r="O8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>6743</v>
+        <v>6948</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="I9" t="s">
         <v>39</v>
       </c>
       <c r="O9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>6729</v>
+        <v>6908</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>41</v>
       </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
       <c r="I10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>6701</v>
+        <v>6907</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>6645</v>
+        <v>6898</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="I12" t="s">
         <v>49</v>
       </c>
-      <c r="K12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O12">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>6646</v>
+        <v>6852</v>
       </c>
       <c r="B13" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" t="s">
         <v>51</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>52</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O13">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>6618</v>
+        <v>6789</v>
       </c>
       <c r="B14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" t="s">
         <v>54</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="I14" t="s">
         <v>55</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O14">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>6592</v>
+        <v>6770</v>
       </c>
       <c r="B15" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E15" t="s">
         <v>58</v>
       </c>
       <c r="I15" t="s">
         <v>59</v>
       </c>
       <c r="O15">
         <v>2025</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>6588</v>
+        <v>6744</v>
       </c>
       <c r="B16" t="s">
         <v>60</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="E16" t="s">
         <v>61</v>
       </c>
       <c r="G16" t="s">
         <v>62</v>
       </c>
       <c r="I16" t="s">
         <v>63</v>
       </c>
       <c r="O16">
         <v>2025</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>6577</v>
+        <v>6743</v>
       </c>
       <c r="B17" t="s">
         <v>64</v>
       </c>
       <c r="C17" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
         <v>65</v>
       </c>
       <c r="I17" t="s">
         <v>66</v>
       </c>
       <c r="O17">
         <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>6556</v>
+        <v>6729</v>
       </c>
       <c r="B18" t="s">
         <v>67</v>
       </c>
       <c r="C18" t="s">
         <v>16</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="E18" t="s">
         <v>68</v>
       </c>
-      <c r="G18" t="s">
+      <c r="I18" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="O18">
         <v>2025</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>6557</v>
+        <v>6701</v>
       </c>
       <c r="B19" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" t="s">
+        <v>16</v>
+      </c>
+      <c r="D19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" t="s">
+        <v>71</v>
+      </c>
+      <c r="I19" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>74</v>
       </c>
       <c r="O19">
         <v>2025</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>6563</v>
+        <v>6645</v>
       </c>
       <c r="B20" t="s">
+        <v>73</v>
+      </c>
+      <c r="C20" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" t="s">
+        <v>74</v>
+      </c>
+      <c r="G20" t="s">
         <v>75</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>76</v>
+      </c>
+      <c r="K20" t="s">
+        <v>77</v>
       </c>
       <c r="O20">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>6575</v>
+        <v>6646</v>
       </c>
       <c r="B21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C21" t="s">
         <v>16</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
-      <c r="G21" t="s">
-[...2 lines deleted...]
-      <c r="K21" t="s">
+      <c r="E21" t="s">
         <v>79</v>
+      </c>
+      <c r="I21" t="s">
+        <v>80</v>
       </c>
       <c r="O21">
         <v>2025</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>5659</v>
+        <v>6618</v>
       </c>
       <c r="B22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
         <v>16</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
       <c r="E22" t="s">
-        <v>81</v>
+        <v>82</v>
+      </c>
+      <c r="I22" t="s">
+        <v>83</v>
       </c>
       <c r="O22">
         <v>2025</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>5658</v>
+        <v>6592</v>
       </c>
       <c r="B23" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I23" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O23">
         <v>2025</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>5657</v>
+        <v>6588</v>
       </c>
       <c r="B24" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E24" t="s">
-        <v>86</v>
+        <v>88</v>
+      </c>
+      <c r="G24" t="s">
+        <v>89</v>
       </c>
       <c r="I24" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="O24">
         <v>2025</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>5529</v>
+        <v>6577</v>
       </c>
       <c r="B25" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C25" t="s">
         <v>16</v>
       </c>
       <c r="D25" t="s">
         <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>89</v>
+        <v>92</v>
+      </c>
+      <c r="I25" t="s">
+        <v>93</v>
       </c>
       <c r="O25">
         <v>2025</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>5656</v>
+        <v>6556</v>
       </c>
       <c r="B26" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D26" t="s">
         <v>17</v>
       </c>
       <c r="E26" t="s">
-        <v>91</v>
+        <v>95</v>
+      </c>
+      <c r="G26" t="s">
+        <v>96</v>
       </c>
       <c r="I26" t="s">
-        <v>92</v>
+        <v>97</v>
+      </c>
+      <c r="K26" t="s">
+        <v>98</v>
       </c>
       <c r="O26">
         <v>2025</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>5655</v>
+        <v>6557</v>
       </c>
       <c r="B27" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C27" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>100</v>
+      </c>
+      <c r="G27" t="s">
+        <v>101</v>
       </c>
       <c r="O27">
         <v>2025</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>5654</v>
+        <v>6563</v>
       </c>
       <c r="B28" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C28" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D28" t="s">
         <v>17</v>
       </c>
-      <c r="E28" t="s">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="G28" t="s">
+        <v>103</v>
       </c>
       <c r="O28">
         <v>2025</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>5653</v>
+        <v>6575</v>
       </c>
       <c r="B29" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C29" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D29" t="s">
         <v>17</v>
       </c>
-      <c r="E29" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="G29" t="s">
+        <v>105</v>
+      </c>
+      <c r="K29" t="s">
+        <v>106</v>
       </c>
       <c r="O29">
         <v>2025</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>5528</v>
+        <v>5659</v>
       </c>
       <c r="B30" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D30" t="s">
         <v>17</v>
       </c>
       <c r="E30" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="O30">
         <v>2025</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>5652</v>
+        <v>5658</v>
       </c>
       <c r="B31" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C31" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D31" t="s">
         <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="I31" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="O31">
         <v>2025</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>5651</v>
+        <v>5657</v>
       </c>
       <c r="B32" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="I32" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="O32">
         <v>2025</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>5650</v>
+        <v>5529</v>
       </c>
       <c r="B33" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C33" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D33" t="s">
         <v>17</v>
       </c>
       <c r="E33" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="O33">
         <v>2025</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>5649</v>
+        <v>5656</v>
       </c>
       <c r="B34" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C34" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="E34" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I34" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="O34">
         <v>2025</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>5527</v>
+        <v>5655</v>
       </c>
       <c r="B35" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C35" t="s">
         <v>16</v>
       </c>
       <c r="D35" t="s">
         <v>17</v>
       </c>
       <c r="E35" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I35" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="O35">
         <v>2025</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>5648</v>
+        <v>5654</v>
       </c>
       <c r="B36" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C36" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D36" t="s">
         <v>17</v>
       </c>
       <c r="E36" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I36" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O36">
         <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>5646</v>
+        <v>5653</v>
       </c>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C37" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D37" t="s">
         <v>17</v>
       </c>
       <c r="E37" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I37" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="O37">
         <v>2025</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>5645</v>
+        <v>5528</v>
       </c>
       <c r="B38" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D38" t="s">
         <v>17</v>
       </c>
       <c r="E38" t="s">
-        <v>129</v>
+        <v>130</v>
+      </c>
+      <c r="G38" t="s">
+        <v>131</v>
       </c>
       <c r="I38" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="O38">
         <v>2025</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>5644</v>
+        <v>5652</v>
       </c>
       <c r="B39" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C39" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D39" t="s">
         <v>17</v>
       </c>
       <c r="E39" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I39" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="O39">
         <v>2025</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>5526</v>
+        <v>5651</v>
       </c>
       <c r="B40" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C40" t="s">
         <v>16</v>
       </c>
       <c r="D40" t="s">
         <v>17</v>
       </c>
       <c r="E40" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O40">
         <v>2025</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>5643</v>
+        <v>5650</v>
       </c>
       <c r="B41" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C41" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D41" t="s">
         <v>17</v>
       </c>
       <c r="E41" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I41" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="O41">
         <v>2025</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>5642</v>
+        <v>5649</v>
       </c>
       <c r="B42" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C42" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D42" t="s">
         <v>17</v>
       </c>
       <c r="E42" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I42" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="O42">
         <v>2025</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>5641</v>
+        <v>5527</v>
       </c>
       <c r="B43" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C43" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D43" t="s">
         <v>17</v>
       </c>
       <c r="E43" t="s">
-        <v>145</v>
+        <v>146</v>
+      </c>
+      <c r="G43" t="s">
+        <v>147</v>
       </c>
       <c r="I43" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="O43">
         <v>2025</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>5640</v>
+        <v>5648</v>
       </c>
       <c r="B44" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C44" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D44" t="s">
         <v>17</v>
       </c>
       <c r="E44" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I44" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="O44">
         <v>2025</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>5525</v>
+        <v>5646</v>
       </c>
       <c r="B45" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C45" t="s">
         <v>16</v>
       </c>
       <c r="D45" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E45" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I45" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O45">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>5639</v>
+        <v>5645</v>
       </c>
       <c r="B46" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D46" t="s">
         <v>17</v>
       </c>
       <c r="E46" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I46" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="O46">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>5638</v>
+        <v>5644</v>
       </c>
       <c r="B47" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C47" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D47" t="s">
         <v>17</v>
       </c>
       <c r="E47" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I47" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="O47">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>5637</v>
+        <v>5526</v>
       </c>
       <c r="B48" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C48" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D48" t="s">
         <v>17</v>
       </c>
       <c r="E48" t="s">
-        <v>161</v>
+        <v>162</v>
+      </c>
+      <c r="G48" t="s">
+        <v>163</v>
       </c>
       <c r="I48" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="O48">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>5524</v>
+        <v>5643</v>
       </c>
       <c r="B49" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C49" t="s">
         <v>16</v>
       </c>
       <c r="D49" t="s">
         <v>17</v>
       </c>
       <c r="E49" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I49" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="O49">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>5636</v>
+        <v>5642</v>
       </c>
       <c r="B50" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C50" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D50" t="s">
         <v>17</v>
       </c>
       <c r="E50" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I50" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O50">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>5635</v>
+        <v>5641</v>
       </c>
       <c r="B51" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C51" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D51" t="s">
         <v>17</v>
       </c>
       <c r="E51" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I51" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="O51">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>5634</v>
+        <v>5640</v>
       </c>
       <c r="B52" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C52" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D52" t="s">
         <v>17</v>
       </c>
       <c r="E52" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I52" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O52">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>5633</v>
+        <v>5525</v>
       </c>
       <c r="B53" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C53" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E53" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="H53" t="s">
         <v>178</v>
+      </c>
+      <c r="G53" t="s">
+        <v>179</v>
+      </c>
+      <c r="I53" t="s">
+        <v>180</v>
       </c>
       <c r="O53">
         <v>2024</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>5523</v>
+        <v>5639</v>
       </c>
       <c r="B54" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C54" t="s">
         <v>16</v>
       </c>
       <c r="D54" t="s">
         <v>17</v>
       </c>
       <c r="E54" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I54" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="O54">
         <v>2024</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>5632</v>
+        <v>5638</v>
       </c>
       <c r="B55" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C55" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D55" t="s">
         <v>17</v>
       </c>
       <c r="E55" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I55" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="O55">
         <v>2024</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>5631</v>
+        <v>5637</v>
       </c>
       <c r="B56" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C56" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D56" t="s">
         <v>17</v>
       </c>
       <c r="E56" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I56" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="O56">
         <v>2024</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>5630</v>
+        <v>5524</v>
       </c>
       <c r="B57" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57" t="s">
-        <v>190</v>
+        <v>191</v>
+      </c>
+      <c r="G57" t="s">
+        <v>192</v>
       </c>
       <c r="I57" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="O57">
         <v>2024</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>5522</v>
+        <v>5636</v>
       </c>
       <c r="B58" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C58" t="s">
         <v>16</v>
       </c>
       <c r="D58" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E58" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I58" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="O58">
         <v>2024</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>5629</v>
+        <v>5635</v>
       </c>
       <c r="B59" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C59" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D59" t="s">
         <v>17</v>
       </c>
       <c r="E59" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I59" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="O59">
         <v>2024</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>5628</v>
+        <v>5634</v>
       </c>
       <c r="B60" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C60" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="E60" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I60" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O60">
         <v>2024</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>5521</v>
+        <v>5633</v>
       </c>
       <c r="B61" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C61" t="s">
         <v>16</v>
       </c>
       <c r="D61" t="s">
         <v>17</v>
       </c>
       <c r="E61" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="G61" t="s">
         <v>204</v>
       </c>
-      <c r="I61" t="s">
+      <c r="H61" t="s">
         <v>205</v>
       </c>
       <c r="O61">
         <v>2024</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>5627</v>
+        <v>5523</v>
       </c>
       <c r="B62" t="s">
         <v>206</v>
       </c>
       <c r="C62" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D62" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E62" t="s">
         <v>207</v>
       </c>
+      <c r="G62" t="s">
+        <v>208</v>
+      </c>
       <c r="I62" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="O62">
         <v>2024</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>5626</v>
+        <v>5632</v>
       </c>
       <c r="B63" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C63" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I63" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="O63">
         <v>2024</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>5625</v>
+        <v>5631</v>
       </c>
       <c r="B64" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C64" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D64" t="s">
         <v>17</v>
       </c>
       <c r="E64" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I64" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="O64">
         <v>2024</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>5624</v>
+        <v>5630</v>
       </c>
       <c r="B65" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C65" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D65" t="s">
         <v>17</v>
       </c>
       <c r="E65" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I65" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="O65">
         <v>2024</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>5623</v>
+        <v>5522</v>
       </c>
       <c r="B66" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C66" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E66" t="s">
-        <v>219</v>
+        <v>220</v>
+      </c>
+      <c r="G66" t="s">
+        <v>221</v>
       </c>
       <c r="I66" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="O66">
         <v>2024</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>5622</v>
+        <v>5629</v>
       </c>
       <c r="B67" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C67" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D67" t="s">
         <v>17</v>
       </c>
       <c r="E67" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="I67" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="O67">
         <v>2024</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>5621</v>
+        <v>5628</v>
       </c>
       <c r="B68" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C68" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D68" t="s">
         <v>17</v>
       </c>
       <c r="E68" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I68" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="O68">
         <v>2024</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>5620</v>
+        <v>5521</v>
       </c>
       <c r="B69" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C69" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="E69" t="s">
-        <v>228</v>
+        <v>230</v>
+      </c>
+      <c r="G69" t="s">
+        <v>231</v>
       </c>
       <c r="I69" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="O69">
         <v>2024</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>5520</v>
+        <v>5627</v>
       </c>
       <c r="B70" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C70" t="s">
         <v>16</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>57</v>
+      </c>
+      <c r="E70" t="s">
+        <v>234</v>
       </c>
       <c r="I70" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="O70">
         <v>2024</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>5619</v>
+        <v>5626</v>
       </c>
       <c r="B71" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C71" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
       <c r="E71" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="I71" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="O71">
         <v>2024</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>5618</v>
+        <v>5625</v>
       </c>
       <c r="B72" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C72" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D72" t="s">
         <v>17</v>
       </c>
       <c r="E72" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="I72" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="O72">
         <v>2024</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>5617</v>
+        <v>5624</v>
       </c>
       <c r="B73" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C73" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D73" t="s">
         <v>17</v>
       </c>
       <c r="E73" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="I73" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="O73">
         <v>2024</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>5519</v>
+        <v>5623</v>
       </c>
       <c r="B74" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C74" t="s">
         <v>16</v>
       </c>
       <c r="D74" t="s">
         <v>17</v>
       </c>
       <c r="E74" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="I74" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="O74">
         <v>2024</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>5616</v>
+        <v>5622</v>
       </c>
       <c r="B75" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C75" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D75" t="s">
         <v>17</v>
       </c>
       <c r="E75" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="I75" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="O75">
         <v>2024</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>5615</v>
+        <v>5621</v>
       </c>
       <c r="B76" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C76" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D76" t="s">
         <v>17</v>
       </c>
       <c r="E76" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="I76" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="O76">
         <v>2024</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>5614</v>
+        <v>5620</v>
       </c>
       <c r="B77" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C77" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D77" t="s">
         <v>17</v>
       </c>
       <c r="E77" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="I77" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="O77">
         <v>2024</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>5518</v>
+        <v>5520</v>
       </c>
       <c r="B78" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C78" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D78" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>17</v>
       </c>
       <c r="G78" t="s">
-        <v>256</v>
+        <v>258</v>
+      </c>
+      <c r="I78" t="s">
+        <v>259</v>
       </c>
       <c r="O78">
         <v>2024</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>5613</v>
+        <v>5619</v>
       </c>
       <c r="B79" t="s">
         <v>257</v>
       </c>
       <c r="C79" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="E79" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="I79" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="O79">
         <v>2024</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>5517</v>
+        <v>5618</v>
       </c>
       <c r="B80" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C80" t="s">
         <v>16</v>
       </c>
       <c r="D80" t="s">
         <v>17</v>
       </c>
       <c r="E80" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I80" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="O80">
         <v>2024</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>5612</v>
+        <v>5617</v>
       </c>
       <c r="B81" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C81" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="E81" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I81" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="O81">
         <v>2024</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>5611</v>
+        <v>5519</v>
       </c>
       <c r="B82" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C82" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D82" t="s">
         <v>17</v>
       </c>
       <c r="E82" t="s">
-        <v>268</v>
+        <v>269</v>
+      </c>
+      <c r="G82" t="s">
+        <v>270</v>
       </c>
       <c r="I82" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="O82">
         <v>2024</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>5610</v>
+        <v>5616</v>
       </c>
       <c r="B83" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C83" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D83" t="s">
         <v>17</v>
       </c>
       <c r="E83" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>273</v>
+      </c>
+      <c r="I83" t="s">
+        <v>274</v>
       </c>
       <c r="O83">
         <v>2024</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>5516</v>
+        <v>5615</v>
       </c>
       <c r="B84" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C84" t="s">
         <v>16</v>
       </c>
       <c r="D84" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E84" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="I84" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="O84">
         <v>2024</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>5609</v>
+        <v>5614</v>
       </c>
       <c r="B85" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C85" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D85" t="s">
         <v>17</v>
       </c>
       <c r="E85" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I85" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="O85">
         <v>2024</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>5515</v>
+        <v>5518</v>
       </c>
       <c r="B86" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C86" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E86" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G86" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="I86" t="s">
         <v>283</v>
       </c>
       <c r="O86">
         <v>2024</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>5608</v>
+        <v>5613</v>
       </c>
       <c r="B87" t="s">
         <v>284</v>
       </c>
       <c r="C87" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D87" t="s">
         <v>17</v>
       </c>
       <c r="E87" t="s">
         <v>285</v>
       </c>
-      <c r="H87" t="s">
+      <c r="I87" t="s">
         <v>286</v>
       </c>
       <c r="O87">
         <v>2024</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>5607</v>
+        <v>5517</v>
       </c>
       <c r="B88" t="s">
         <v>287</v>
       </c>
       <c r="C88" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D88" t="s">
         <v>17</v>
       </c>
       <c r="E88" t="s">
         <v>288</v>
       </c>
+      <c r="G88" t="s">
+        <v>289</v>
+      </c>
       <c r="I88" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="O88">
         <v>2024</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>5606</v>
+        <v>5612</v>
       </c>
       <c r="B89" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C89" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D89" t="s">
         <v>17</v>
       </c>
       <c r="E89" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I89" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="O89">
         <v>2024</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>5605</v>
+        <v>5611</v>
       </c>
       <c r="B90" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C90" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D90" t="s">
         <v>17</v>
       </c>
       <c r="E90" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I90" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="O90">
         <v>2024</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>5604</v>
+        <v>5610</v>
       </c>
       <c r="B91" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C91" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D91" t="s">
         <v>17</v>
       </c>
       <c r="E91" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="I91" t="s">
         <v>298</v>
+      </c>
+      <c r="H91" t="s">
+        <v>299</v>
       </c>
       <c r="O91">
         <v>2024</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>5514</v>
+        <v>5516</v>
       </c>
       <c r="B92" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C92" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E92" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G92" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I92" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="O92">
         <v>2024</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>5603</v>
+        <v>5609</v>
       </c>
       <c r="B93" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C93" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D93" t="s">
         <v>17</v>
       </c>
       <c r="E93" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I93" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="O93">
         <v>2024</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>5602</v>
+        <v>5515</v>
       </c>
       <c r="B94" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C94" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D94" t="s">
         <v>17</v>
       </c>
       <c r="E94" t="s">
-        <v>307</v>
+        <v>308</v>
+      </c>
+      <c r="G94" t="s">
+        <v>309</v>
       </c>
       <c r="I94" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="O94">
         <v>2024</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>5601</v>
+        <v>5608</v>
       </c>
       <c r="B95" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C95" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D95" t="s">
         <v>17</v>
       </c>
       <c r="E95" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>312</v>
+      </c>
+      <c r="H95" t="s">
+        <v>313</v>
       </c>
       <c r="O95">
         <v>2024</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>5513</v>
+        <v>5607</v>
       </c>
       <c r="B96" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C96" t="s">
         <v>16</v>
       </c>
       <c r="D96" t="s">
         <v>17</v>
       </c>
       <c r="E96" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I96" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="O96">
         <v>2024</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>5600</v>
+        <v>5606</v>
       </c>
       <c r="B97" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C97" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D97" t="s">
         <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="I97" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="O97">
         <v>2024</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>5599</v>
+        <v>5605</v>
       </c>
       <c r="B98" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C98" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D98" t="s">
         <v>17</v>
       </c>
       <c r="E98" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="I98" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="O98">
         <v>2024</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>5598</v>
+        <v>5604</v>
       </c>
       <c r="B99" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C99" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D99" t="s">
         <v>17</v>
       </c>
       <c r="E99" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I99" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="O99">
         <v>2024</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>5597</v>
+        <v>5514</v>
       </c>
       <c r="B100" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C100" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D100" t="s">
         <v>17</v>
       </c>
       <c r="E100" t="s">
-        <v>326</v>
+        <v>327</v>
+      </c>
+      <c r="G100" t="s">
+        <v>328</v>
       </c>
       <c r="I100" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="O100">
         <v>2024</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>5596</v>
+        <v>5603</v>
       </c>
       <c r="B101" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C101" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="E101" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="I101" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="O101">
         <v>2024</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>5512</v>
+        <v>5602</v>
       </c>
       <c r="B102" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C102" t="s">
         <v>16</v>
       </c>
       <c r="D102" t="s">
         <v>17</v>
       </c>
       <c r="E102" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I102" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="O102">
         <v>2024</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>5595</v>
+        <v>5601</v>
       </c>
       <c r="B103" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C103" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D103" t="s">
         <v>17</v>
       </c>
       <c r="E103" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I103" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="O103">
         <v>2024</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>5594</v>
+        <v>5513</v>
       </c>
       <c r="B104" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C104" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D104" t="s">
         <v>17</v>
       </c>
       <c r="E104" t="s">
-        <v>339</v>
+        <v>340</v>
+      </c>
+      <c r="G104" t="s">
+        <v>341</v>
       </c>
       <c r="I104" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="O104">
         <v>2024</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>5593</v>
+        <v>5600</v>
       </c>
       <c r="B105" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C105" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D105" t="s">
         <v>17</v>
       </c>
       <c r="E105" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="I105" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="O105">
         <v>2024</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>5592</v>
+        <v>5599</v>
       </c>
       <c r="B106" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C106" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D106" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E106" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I106" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="O106">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>5591</v>
+        <v>5598</v>
       </c>
       <c r="B107" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C107" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D107" t="s">
         <v>17</v>
       </c>
       <c r="E107" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="I107" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="O107">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>5511</v>
+        <v>5597</v>
       </c>
       <c r="B108" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C108" t="s">
         <v>16</v>
       </c>
       <c r="D108" t="s">
         <v>17</v>
       </c>
       <c r="E108" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I108" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="O108">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>5590</v>
+        <v>5596</v>
       </c>
       <c r="B109" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C109" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D109" t="s">
         <v>17</v>
       </c>
       <c r="E109" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="I109" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="O109">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>5589</v>
+        <v>5512</v>
       </c>
       <c r="B110" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C110" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D110" t="s">
         <v>17</v>
       </c>
       <c r="E110" t="s">
-        <v>358</v>
+        <v>359</v>
+      </c>
+      <c r="G110" t="s">
+        <v>360</v>
       </c>
       <c r="I110" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O110">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>5510</v>
+        <v>5595</v>
       </c>
       <c r="B111" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C111" t="s">
         <v>16</v>
       </c>
       <c r="D111" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E111" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I111" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="O111">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>5509</v>
+        <v>5594</v>
       </c>
       <c r="B112" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C112" t="s">
         <v>16</v>
       </c>
       <c r="D112" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E112" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="G112" t="s">
         <v>366</v>
       </c>
       <c r="I112" t="s">
         <v>367</v>
       </c>
       <c r="O112">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>5588</v>
+        <v>5593</v>
       </c>
       <c r="B113" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C113" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I113" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="O113">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>5587</v>
+        <v>5592</v>
       </c>
       <c r="B114" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C114" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E114" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I114" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="O114">
         <v>2023</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>5508</v>
+        <v>5591</v>
       </c>
       <c r="B115" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C115" t="s">
         <v>16</v>
       </c>
       <c r="D115" t="s">
         <v>17</v>
       </c>
       <c r="E115" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="G115" t="s">
         <v>375</v>
       </c>
       <c r="I115" t="s">
         <v>376</v>
       </c>
       <c r="O115">
         <v>2023</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>5586</v>
+        <v>5511</v>
       </c>
       <c r="B116" t="s">
         <v>377</v>
       </c>
       <c r="C116" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116" t="s">
         <v>378</v>
       </c>
+      <c r="G116" t="s">
+        <v>379</v>
+      </c>
       <c r="I116" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="O116">
         <v>2023</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>5585</v>
+        <v>5590</v>
       </c>
       <c r="B117" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C117" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D117" t="s">
         <v>17</v>
       </c>
       <c r="E117" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I117" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="O117">
         <v>2023</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>5507</v>
+        <v>5589</v>
       </c>
       <c r="B118" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C118" t="s">
         <v>16</v>
       </c>
       <c r="D118" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E118" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="G118" t="s">
         <v>385</v>
       </c>
       <c r="I118" t="s">
         <v>386</v>
       </c>
       <c r="O118">
         <v>2023</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>5583</v>
+        <v>5510</v>
       </c>
       <c r="B119" t="s">
         <v>387</v>
       </c>
       <c r="C119" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E119" t="s">
         <v>388</v>
       </c>
+      <c r="G119" t="s">
+        <v>389</v>
+      </c>
       <c r="I119" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="O119">
         <v>2023</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>5506</v>
+        <v>5509</v>
       </c>
       <c r="B120" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C120" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D120" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="E120" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G120" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="I120" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="O120">
         <v>2023</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>5582</v>
+        <v>5588</v>
       </c>
       <c r="B121" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="C121" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D121" t="s">
         <v>17</v>
       </c>
       <c r="E121" t="s">
         <v>395</v>
       </c>
       <c r="I121" t="s">
         <v>396</v>
       </c>
       <c r="O121">
         <v>2023</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>5581</v>
+        <v>5587</v>
       </c>
       <c r="B122" t="s">
         <v>397</v>
       </c>
       <c r="C122" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D122" t="s">
         <v>17</v>
       </c>
       <c r="E122" t="s">
         <v>398</v>
       </c>
       <c r="I122" t="s">
         <v>399</v>
       </c>
       <c r="O122">
         <v>2023</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>5580</v>
+        <v>5508</v>
       </c>
       <c r="B123" t="s">
         <v>400</v>
       </c>
       <c r="C123" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="E123" t="s">
         <v>401</v>
       </c>
+      <c r="G123" t="s">
+        <v>402</v>
+      </c>
       <c r="I123" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="O123">
         <v>2023</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>5579</v>
+        <v>5586</v>
       </c>
       <c r="B124" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C124" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D124" t="s">
         <v>17</v>
       </c>
       <c r="E124" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I124" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="O124">
         <v>2023</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>5578</v>
+        <v>5585</v>
       </c>
       <c r="B125" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C125" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D125" t="s">
         <v>17</v>
       </c>
       <c r="E125" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I125" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="O125">
         <v>2023</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>5577</v>
+        <v>5507</v>
       </c>
       <c r="B126" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C126" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E126" t="s">
-        <v>410</v>
+        <v>411</v>
+      </c>
+      <c r="G126" t="s">
+        <v>412</v>
       </c>
       <c r="I126" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="O126">
         <v>2023</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>5576</v>
+        <v>5583</v>
       </c>
       <c r="B127" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C127" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D127" t="s">
         <v>17</v>
       </c>
       <c r="E127" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="I127" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="O127">
         <v>2023</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>5575</v>
+        <v>5506</v>
       </c>
       <c r="B128" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C128" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E128" t="s">
-        <v>416</v>
+        <v>418</v>
+      </c>
+      <c r="G128" t="s">
+        <v>419</v>
       </c>
       <c r="I128" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="O128">
         <v>2023</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>5505</v>
+        <v>5582</v>
       </c>
       <c r="B129" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C129" t="s">
         <v>16</v>
       </c>
       <c r="D129" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E129" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="I129" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="O129">
         <v>2023</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>5574</v>
+        <v>5581</v>
       </c>
       <c r="B130" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C130" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D130" t="s">
         <v>17</v>
       </c>
       <c r="E130" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="I130" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="O130">
         <v>2023</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>5504</v>
+        <v>5580</v>
       </c>
       <c r="B131" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C131" t="s">
         <v>16</v>
       </c>
       <c r="D131" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E131" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I131" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="O131">
         <v>2023</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>5573</v>
+        <v>5579</v>
       </c>
       <c r="B132" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C132" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D132" t="s">
         <v>17</v>
       </c>
       <c r="E132" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I132" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="O132">
         <v>2023</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>5572</v>
+        <v>5578</v>
       </c>
       <c r="B133" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C133" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D133" t="s">
         <v>17</v>
       </c>
       <c r="E133" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I133" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="O133">
         <v>2023</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>5571</v>
+        <v>5577</v>
       </c>
       <c r="B134" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C134" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D134" t="s">
         <v>17</v>
       </c>
       <c r="E134" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="I134" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="O134">
         <v>2023</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>5570</v>
+        <v>5576</v>
       </c>
       <c r="B135" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C135" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D135" t="s">
         <v>17</v>
       </c>
       <c r="E135" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="I135" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="O135">
         <v>2023</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>5503</v>
+        <v>5575</v>
       </c>
       <c r="B136" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C136" t="s">
         <v>16</v>
       </c>
       <c r="D136" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E136" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="G136" t="s">
         <v>443</v>
       </c>
       <c r="I136" t="s">
         <v>444</v>
       </c>
       <c r="O136">
         <v>2023</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>5502</v>
+        <v>5505</v>
       </c>
       <c r="B137" t="s">
         <v>445</v>
       </c>
       <c r="C137" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D137" t="s">
+        <v>57</v>
+      </c>
+      <c r="E137" t="s">
         <v>446</v>
       </c>
-      <c r="E137" t="s">
+      <c r="G137" t="s">
         <v>447</v>
       </c>
-      <c r="G137" t="s">
+      <c r="I137" t="s">
         <v>448</v>
       </c>
       <c r="O137">
         <v>2023</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>5501</v>
+        <v>5574</v>
       </c>
       <c r="B138" t="s">
         <v>449</v>
       </c>
       <c r="C138" t="s">
         <v>16</v>
       </c>
       <c r="D138" t="s">
+        <v>17</v>
+      </c>
+      <c r="E138" t="s">
         <v>450</v>
       </c>
-      <c r="E138" t="s">
+      <c r="I138" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
       <c r="O138">
         <v>2023</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>5569</v>
+        <v>5504</v>
       </c>
       <c r="B139" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C139" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D139" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="E139" t="s">
+        <v>453</v>
+      </c>
+      <c r="G139" t="s">
         <v>454</v>
       </c>
       <c r="I139" t="s">
         <v>455</v>
       </c>
       <c r="O139">
         <v>2023</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
-        <v>5548</v>
+        <v>5573</v>
       </c>
       <c r="B140" t="s">
         <v>456</v>
       </c>
       <c r="C140" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D140" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E140" t="s">
         <v>457</v>
       </c>
       <c r="I140" t="s">
         <v>458</v>
       </c>
       <c r="O140">
         <v>2023</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="1">
-        <v>5547</v>
+        <v>5572</v>
       </c>
       <c r="B141" t="s">
         <v>459</v>
       </c>
       <c r="C141" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D141" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E141" t="s">
         <v>460</v>
       </c>
       <c r="I141" t="s">
         <v>461</v>
       </c>
       <c r="O141">
         <v>2023</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="1">
-        <v>5546</v>
+        <v>5571</v>
       </c>
       <c r="B142" t="s">
         <v>462</v>
       </c>
       <c r="C142" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D142" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E142" t="s">
         <v>463</v>
       </c>
       <c r="I142" t="s">
         <v>464</v>
       </c>
       <c r="O142">
         <v>2023</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="1">
-        <v>5545</v>
+        <v>5570</v>
       </c>
       <c r="B143" t="s">
         <v>465</v>
       </c>
       <c r="C143" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D143" t="s">
         <v>17</v>
       </c>
       <c r="E143" t="s">
         <v>466</v>
       </c>
       <c r="I143" t="s">
         <v>467</v>
       </c>
       <c r="O143">
         <v>2023</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="1">
-        <v>5500</v>
+        <v>5503</v>
       </c>
       <c r="B144" t="s">
         <v>468</v>
       </c>
       <c r="C144" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D144" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="E144" t="s">
         <v>469</v>
       </c>
       <c r="G144" t="s">
         <v>470</v>
       </c>
       <c r="I144" t="s">
         <v>471</v>
       </c>
       <c r="O144">
         <v>2023</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="1">
-        <v>5499</v>
+        <v>5502</v>
       </c>
       <c r="B145" t="s">
         <v>472</v>
       </c>
       <c r="C145" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>473</v>
       </c>
       <c r="E145" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="G145" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="I145" t="s">
         <v>475</v>
       </c>
       <c r="O145">
         <v>2023</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="1">
-        <v>5544</v>
+        <v>5501</v>
       </c>
       <c r="B146" t="s">
         <v>476</v>
       </c>
       <c r="C146" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>477</v>
       </c>
       <c r="E146" t="s">
-        <v>477</v>
+        <v>478</v>
+      </c>
+      <c r="G146" t="s">
+        <v>479</v>
       </c>
       <c r="I146" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="O146">
         <v>2023</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="1">
-        <v>5543</v>
+        <v>5569</v>
       </c>
       <c r="B147" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="C147" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E147" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="I147" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="O147">
         <v>2023</v>
       </c>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" s="1">
-        <v>5542</v>
+        <v>5548</v>
       </c>
       <c r="B148" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C148" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E148" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I148" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="O148">
         <v>2023</v>
       </c>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" s="1">
-        <v>5541</v>
+        <v>5547</v>
       </c>
       <c r="B149" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C149" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D149" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="E149" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="I149" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="O149">
         <v>2023</v>
       </c>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" s="1">
-        <v>5498</v>
+        <v>5546</v>
       </c>
       <c r="B150" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C150" t="s">
         <v>16</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E150" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="G150" t="s">
         <v>490</v>
       </c>
       <c r="I150" t="s">
         <v>491</v>
       </c>
       <c r="O150">
         <v>2023</v>
       </c>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" s="1">
-        <v>5540</v>
+        <v>5545</v>
       </c>
       <c r="B151" t="s">
         <v>492</v>
       </c>
       <c r="C151" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D151" t="s">
         <v>17</v>
       </c>
       <c r="E151" t="s">
         <v>493</v>
       </c>
       <c r="I151" t="s">
         <v>494</v>
       </c>
       <c r="O151">
         <v>2023</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" s="1">
-        <v>5539</v>
+        <v>5500</v>
       </c>
       <c r="B152" t="s">
         <v>495</v>
       </c>
       <c r="C152" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E152" t="s">
         <v>496</v>
       </c>
+      <c r="G152" t="s">
+        <v>497</v>
+      </c>
       <c r="I152" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="O152">
         <v>2023</v>
       </c>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" s="1">
-        <v>5538</v>
+        <v>5499</v>
       </c>
       <c r="B153" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C153" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D153" t="s">
         <v>17</v>
       </c>
       <c r="E153" t="s">
-        <v>499</v>
+        <v>500</v>
+      </c>
+      <c r="G153" t="s">
+        <v>501</v>
       </c>
       <c r="I153" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="O153">
         <v>2023</v>
       </c>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" s="1">
-        <v>5537</v>
+        <v>5544</v>
       </c>
       <c r="B154" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C154" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D154" t="s">
         <v>17</v>
       </c>
       <c r="E154" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="I154" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="O154">
         <v>2023</v>
       </c>
     </row>
     <row r="155" spans="1:26">
       <c r="A155" s="1">
-        <v>5497</v>
+        <v>5543</v>
       </c>
       <c r="B155" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C155" t="s">
         <v>16</v>
       </c>
       <c r="D155" t="s">
         <v>17</v>
       </c>
       <c r="E155" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="I155" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="O155">
         <v>2023</v>
       </c>
     </row>
     <row r="156" spans="1:26">
       <c r="A156" s="1">
-        <v>5536</v>
+        <v>5542</v>
       </c>
       <c r="B156" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C156" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="E156" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="I156" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="O156">
         <v>2023</v>
       </c>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" s="1">
-        <v>5535</v>
+        <v>5541</v>
       </c>
       <c r="B157" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C157" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E157" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="I157" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="O157">
         <v>2023</v>
       </c>
     </row>
     <row r="158" spans="1:26">
       <c r="A158" s="1">
-        <v>5534</v>
+        <v>5498</v>
       </c>
       <c r="B158" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C158" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D158" t="s">
         <v>17</v>
       </c>
       <c r="E158" t="s">
-        <v>514</v>
+        <v>516</v>
+      </c>
+      <c r="G158" t="s">
+        <v>517</v>
       </c>
       <c r="I158" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="O158">
         <v>2023</v>
       </c>
     </row>
     <row r="159" spans="1:26">
       <c r="A159" s="1">
-        <v>5533</v>
+        <v>5540</v>
       </c>
       <c r="B159" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C159" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D159" t="s">
         <v>17</v>
       </c>
       <c r="E159" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="I159" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="O159">
         <v>2023</v>
       </c>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" s="1">
-        <v>5496</v>
+        <v>5539</v>
       </c>
       <c r="B160" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="C160" t="s">
         <v>16</v>
       </c>
       <c r="D160" t="s">
         <v>17</v>
       </c>
       <c r="E160" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="I160" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="O160">
         <v>2023</v>
       </c>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" s="1">
-        <v>5532</v>
+        <v>5538</v>
       </c>
       <c r="B161" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C161" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D161" t="s">
         <v>17</v>
       </c>
       <c r="E161" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I161" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="O161">
         <v>2023</v>
       </c>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" s="1">
-        <v>5531</v>
+        <v>5537</v>
       </c>
       <c r="B162" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C162" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="E162" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="I162" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="O162">
         <v>2023</v>
       </c>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" s="1">
-        <v>5530</v>
+        <v>5497</v>
       </c>
       <c r="B163" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C163" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D163" t="s">
         <v>17</v>
       </c>
       <c r="E163" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="I163" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="O163">
         <v>2023</v>
       </c>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" s="1">
+        <v>5536</v>
+      </c>
+      <c r="B164" t="s">
+        <v>534</v>
+      </c>
+      <c r="C164" t="s">
+        <v>16</v>
+      </c>
+      <c r="D164" t="s">
+        <v>17</v>
+      </c>
+      <c r="E164" t="s">
+        <v>535</v>
+      </c>
+      <c r="I164" t="s">
+        <v>536</v>
+      </c>
+      <c r="O164">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="165" spans="1:26">
+      <c r="A165" s="1">
+        <v>5535</v>
+      </c>
+      <c r="B165" t="s">
+        <v>537</v>
+      </c>
+      <c r="C165" t="s">
+        <v>16</v>
+      </c>
+      <c r="D165" t="s">
+        <v>17</v>
+      </c>
+      <c r="E165" t="s">
+        <v>538</v>
+      </c>
+      <c r="I165" t="s">
+        <v>539</v>
+      </c>
+      <c r="O165">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="166" spans="1:26">
+      <c r="A166" s="1">
+        <v>5534</v>
+      </c>
+      <c r="B166" t="s">
+        <v>540</v>
+      </c>
+      <c r="C166" t="s">
+        <v>16</v>
+      </c>
+      <c r="D166" t="s">
+        <v>17</v>
+      </c>
+      <c r="E166" t="s">
+        <v>541</v>
+      </c>
+      <c r="I166" t="s">
+        <v>542</v>
+      </c>
+      <c r="O166">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="167" spans="1:26">
+      <c r="A167" s="1">
+        <v>5533</v>
+      </c>
+      <c r="B167" t="s">
+        <v>543</v>
+      </c>
+      <c r="C167" t="s">
+        <v>16</v>
+      </c>
+      <c r="D167" t="s">
+        <v>17</v>
+      </c>
+      <c r="E167" t="s">
+        <v>544</v>
+      </c>
+      <c r="I167" t="s">
+        <v>545</v>
+      </c>
+      <c r="O167">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="168" spans="1:26">
+      <c r="A168" s="1">
+        <v>5496</v>
+      </c>
+      <c r="B168" t="s">
+        <v>546</v>
+      </c>
+      <c r="C168" t="s">
+        <v>26</v>
+      </c>
+      <c r="D168" t="s">
+        <v>17</v>
+      </c>
+      <c r="E168" t="s">
+        <v>547</v>
+      </c>
+      <c r="G168" t="s">
+        <v>548</v>
+      </c>
+      <c r="I168" t="s">
+        <v>549</v>
+      </c>
+      <c r="O168">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="169" spans="1:26">
+      <c r="A169" s="1">
+        <v>5532</v>
+      </c>
+      <c r="B169" t="s">
+        <v>550</v>
+      </c>
+      <c r="C169" t="s">
+        <v>16</v>
+      </c>
+      <c r="D169" t="s">
+        <v>17</v>
+      </c>
+      <c r="E169" t="s">
+        <v>551</v>
+      </c>
+      <c r="I169" t="s">
+        <v>552</v>
+      </c>
+      <c r="O169">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="170" spans="1:26">
+      <c r="A170" s="1">
+        <v>5531</v>
+      </c>
+      <c r="B170" t="s">
+        <v>553</v>
+      </c>
+      <c r="C170" t="s">
+        <v>16</v>
+      </c>
+      <c r="D170" t="s">
+        <v>17</v>
+      </c>
+      <c r="E170" t="s">
+        <v>554</v>
+      </c>
+      <c r="I170" t="s">
+        <v>555</v>
+      </c>
+      <c r="O170">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="171" spans="1:26">
+      <c r="A171" s="1">
+        <v>5530</v>
+      </c>
+      <c r="B171" t="s">
+        <v>556</v>
+      </c>
+      <c r="C171" t="s">
+        <v>16</v>
+      </c>
+      <c r="D171" t="s">
+        <v>17</v>
+      </c>
+      <c r="E171" t="s">
+        <v>557</v>
+      </c>
+      <c r="I171" t="s">
+        <v>558</v>
+      </c>
+      <c r="O171">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="172" spans="1:26">
+      <c r="A172" s="1">
         <v>5584</v>
       </c>
-      <c r="B164" t="s">
-[...14 lines deleted...]
-      <c r="O164">
+      <c r="B172" t="s">
+        <v>556</v>
+      </c>
+      <c r="C172" t="s">
+        <v>16</v>
+      </c>
+      <c r="D172" t="s">
+        <v>17</v>
+      </c>
+      <c r="E172" t="s">
+        <v>559</v>
+      </c>
+      <c r="I172" t="s">
+        <v>560</v>
+      </c>
+      <c r="O172">
         <v>2023</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>