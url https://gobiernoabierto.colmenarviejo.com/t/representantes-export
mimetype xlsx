--- v0 (2025-10-30)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -107,83 +107,83 @@
   <si>
     <t>cargo_no_electo</t>
   </si>
   <si>
     <t>agenda</t>
   </si>
   <si>
     <t>equipo</t>
   </si>
   <si>
     <t>compatibilidades</t>
   </si>
   <si>
     <t>compatibilidades_enlace</t>
   </si>
   <si>
     <t>organo_id</t>
   </si>
   <si>
     <t>grupo_politico</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
-    <t>Sergio Sánchez Jorrin</t>
+    <t>Carlos Soriano Pastor</t>
+  </si>
+  <si>
+    <t>Concejal</t>
+  </si>
+  <si>
+    <t>Sin dedicación</t>
+  </si>
+  <si>
+    <t>No percibe</t>
+  </si>
+  <si>
+    <t>Ordinarios: 800  Extraordinarios: 300</t>
+  </si>
+  <si>
+    <t>Más Madrid</t>
+  </si>
+  <si>
+    <t>Estefanía García Camiño</t>
   </si>
   <si>
     <t>Concejala</t>
   </si>
   <si>
-    <t>Sin dedicación</t>
-[...14 lines deleted...]
-    <t>Concejal</t>
+    <t>Alberto Bartolomé Aragón</t>
+  </si>
+  <si>
+    <t>Ganemos Colmenar</t>
   </si>
   <si>
     <t>Hernán Víctor Gil Musso</t>
   </si>
   <si>
-    <t>Ganemos Colmenar</t>
-[...4 lines deleted...]
-  <si>
     <t>Carlos Gómez Colmenarejo</t>
   </si>
   <si>
     <t>Nuria Díez de las Heras</t>
   </si>
   <si>
     <t>Parcial</t>
   </si>
   <si>
     <t>33.533,49</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1752059902A3D846322D974344BB7AB4BBE56B9284.pdf</t>
   </si>
   <si>
     <t>VOX</t>
   </si>
   <si>
     <t>Enrique Navarro Hermosilla</t>
   </si>
   <si>
     <t>enrique.navarro@colmenarviejo.com</t>
   </si>
   <si>
     <t>https://www.facebook.com/people/Enrique-Navarro-Hermosilla/pfbid08R7yqua1r9gth2NoUnGYuJmiiSkAdtNSTuuG3ucAsUKg2EMMp3cNu5EimyAaNXCyl/</t>
@@ -224,57 +224,63 @@
   <si>
     <t>https://www.instagram.com/susanajimenezaibar/#</t>
   </si>
   <si>
     <t>68.142,92</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1752059959F7EB98AF517F6F4AA954F291686E20DD.pdf</t>
   </si>
   <si>
     <t>Concejal de Economía, Desarrollo Empresarial y Empleo</t>
   </si>
   <si>
     <t>https://calendar.google.com/calendar/u/0/embed?src=13f41baa9005b77a01c6dc8da859c54644e835ee40ba5c812dc6d79d87cff9ac@group.calendar.google.com&amp;ctz=Europe/Madrid</t>
   </si>
   <si>
     <t>Cristina Gema Carrasco Granados</t>
   </si>
   <si>
     <t>PSOE</t>
   </si>
   <si>
     <t>Jorge González Díaz Caneja</t>
   </si>
   <si>
+    <t>45.727,49</t>
+  </si>
+  <si>
+    <t>No percibo</t>
+  </si>
+  <si>
     <t>María Begoña Sanz Chaves</t>
   </si>
   <si>
-    <t>45.727,49</t>
-[...1 lines deleted...]
-  <si>
     <t>Óscar J. Monterrubio Rodríguez</t>
+  </si>
+  <si>
+    <t>Ordinarios: 800 Extraordinarios: 300</t>
   </si>
   <si>
     <t>María Paloma Maroñas Aveleiras</t>
   </si>
   <si>
     <t>60.969,98</t>
   </si>
   <si>
     <t>Lorena Colmenarejo Argumánez</t>
   </si>
   <si>
     <t>lorena.colmenarejo@colmenarviejo.com</t>
   </si>
   <si>
     <t>https://www.instagram.com/lorena_colmenarejo/#</t>
   </si>
   <si>
     <t>&lt;div&gt;&amp;nbsp;Fecha de nacimiento: 28/06/1972&amp;nbsp;&lt;br&gt;&lt;br&gt;&amp;nbsp;Datos académicos:&lt;br&gt;• Licenciada en Ciencias Económicas en la Universidad Autónoma de Madrid.&lt;br&gt;• Master en Asesoramiento Bancario y Mercados de Instrumentos financieros en la Universidad Pompeu Fabra de Barcelona.&lt;br&gt;• Numerosos cursos de Atención al cliente, seguros y productos bancarios&amp;nbsp;&lt;br&gt;&lt;br&gt;&amp;nbsp;Experiencia profesional:&lt;br&gt;• Cursando cuarto y quinto de carrera estuve trabajando en una editorial de libros, realizando tareas de marketing telefónico a los clientes de la misma.&lt;br&gt;• Al finalizar la carrera estuve trabajando unos meses en el Banco Credit Lyonnais .&lt;br&gt;• El 21 de Agosto de 1995 contratada en LaCaixa, actualmente Caixabank, desempeñando el cargo de subdirectora de sucursal en distintas oficinas de Madrid, desde 1998 hasta la actualidad&amp;nbsp;&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1752059853011A978A969CBC4DA2173CCDA1263852.pdf</t>
   </si>
   <si>
     <t>Concejal de Educación, Sanidad y Atención al Ciudadano</t>
   </si>
@@ -944,51 +950,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AD26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="160" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="62" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="39" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="1572" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="123" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="94" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="190" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28" bestFit="true" customWidth="true" style="0"/>
@@ -1144,215 +1150,200 @@
       </c>
       <c r="N3" t="s">
         <v>33</v>
       </c>
       <c r="O3" t="s">
         <v>34</v>
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
       <c r="Q3">
         <v>300</v>
       </c>
       <c r="R3">
         <v>200</v>
       </c>
       <c r="W3">
         <v>24</v>
       </c>
       <c r="AD3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:30">
       <c r="A4" s="1">
-        <v>1177</v>
+        <v>1244</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E4">
         <v>240</v>
       </c>
-      <c r="N4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="W4">
         <v>23</v>
       </c>
       <c r="AD4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:30">
       <c r="A5" s="1">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
         <v>240</v>
       </c>
       <c r="N5" t="s">
         <v>33</v>
       </c>
       <c r="O5" t="s">
         <v>34</v>
       </c>
       <c r="P5" t="s">
         <v>35</v>
       </c>
       <c r="Q5">
         <v>300</v>
       </c>
       <c r="R5">
         <v>200</v>
       </c>
       <c r="W5">
         <v>22</v>
       </c>
       <c r="AD5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:30">
       <c r="A6" s="1">
         <v>1175</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E6">
         <v>240</v>
       </c>
       <c r="N6" t="s">
         <v>33</v>
       </c>
       <c r="O6" t="s">
         <v>34</v>
       </c>
       <c r="P6" t="s">
         <v>35</v>
       </c>
       <c r="Q6">
         <v>300</v>
       </c>
       <c r="R6">
         <v>200</v>
       </c>
       <c r="W6">
         <v>21</v>
       </c>
       <c r="AD6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="1">
         <v>1174</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E7">
         <v>239</v>
       </c>
       <c r="N7" t="s">
         <v>44</v>
       </c>
       <c r="O7" t="s">
         <v>45</v>
       </c>
       <c r="P7" t="s">
         <v>34</v>
       </c>
       <c r="Q7" t="s">
         <v>34</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>46</v>
       </c>
       <c r="W7">
         <v>20</v>
       </c>
       <c r="AD7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" s="1">
         <v>1168</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E8">
         <v>239</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>
       <c r="N8" t="s">
         <v>52</v>
       </c>
       <c r="O8" t="s">
         <v>53</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
       <c r="Q8" t="s">
         <v>34</v>
       </c>
@@ -1429,989 +1420,989 @@
       </c>
       <c r="W9">
         <v>13</v>
       </c>
       <c r="Y9" t="s">
         <v>66</v>
       </c>
       <c r="Z9">
         <v>1</v>
       </c>
       <c r="AD9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="1">
         <v>1173</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>67</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E10">
         <v>238</v>
       </c>
       <c r="N10" t="s">
         <v>33</v>
       </c>
       <c r="O10" t="s">
         <v>34</v>
       </c>
       <c r="P10" t="s">
         <v>35</v>
       </c>
       <c r="Q10">
         <v>300</v>
       </c>
       <c r="R10">
         <v>200</v>
       </c>
       <c r="W10">
         <v>19</v>
       </c>
       <c r="AD10" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="1">
         <v>1172</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E11">
         <v>238</v>
       </c>
       <c r="N11" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="O11" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="P11" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>200</v>
+        <v>71</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>71</v>
+      </c>
+      <c r="R11" t="s">
+        <v>71</v>
       </c>
       <c r="W11">
         <v>18</v>
       </c>
       <c r="AD11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="1">
         <v>1171</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E12">
         <v>238</v>
       </c>
       <c r="N12" t="s">
         <v>44</v>
       </c>
       <c r="O12" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="P12" t="s">
         <v>34</v>
       </c>
       <c r="Q12" t="s">
         <v>34</v>
       </c>
       <c r="R12" t="s">
         <v>34</v>
       </c>
       <c r="W12">
         <v>17</v>
       </c>
       <c r="AD12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="1">
         <v>1170</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E13">
         <v>238</v>
       </c>
       <c r="N13" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="O13" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="P13" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>74</v>
+      </c>
+      <c r="Q13">
+        <v>300</v>
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="W13">
         <v>16</v>
       </c>
       <c r="AD13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="1">
         <v>1169</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E14">
         <v>238</v>
       </c>
       <c r="N14" t="s">
         <v>52</v>
       </c>
       <c r="O14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="P14" t="s">
         <v>34</v>
       </c>
       <c r="Q14" t="s">
         <v>34</v>
       </c>
       <c r="R14" t="s">
         <v>34</v>
       </c>
       <c r="W14">
         <v>15</v>
       </c>
       <c r="AD14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:30">
       <c r="A15" s="1">
         <v>1166</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E15">
         <v>237</v>
       </c>
       <c r="G15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="J15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="N15" t="s">
         <v>52</v>
       </c>
       <c r="O15" t="s">
         <v>53</v>
       </c>
       <c r="P15" t="s">
         <v>34</v>
       </c>
       <c r="Q15" t="s">
         <v>34</v>
       </c>
       <c r="R15" t="s">
         <v>34</v>
       </c>
       <c r="S15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="T15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="V15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="W15">
         <v>12</v>
       </c>
       <c r="Y15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="Z15">
         <v>1</v>
       </c>
       <c r="AD15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:30">
       <c r="A16" s="1">
         <v>1165</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E16">
         <v>237</v>
       </c>
       <c r="G16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H16" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="N16" t="s">
         <v>52</v>
       </c>
       <c r="O16" t="s">
         <v>53</v>
       </c>
       <c r="P16" t="s">
         <v>34</v>
       </c>
       <c r="Q16" t="s">
         <v>34</v>
       </c>
       <c r="R16" t="s">
         <v>34</v>
       </c>
       <c r="S16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="T16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="V16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="W16">
         <v>11</v>
       </c>
       <c r="Y16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="Z16">
         <v>1</v>
       </c>
       <c r="AD16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:30">
       <c r="A17" s="1">
         <v>1164</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E17">
         <v>237</v>
       </c>
       <c r="G17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N17" t="s">
         <v>52</v>
       </c>
       <c r="O17" t="s">
         <v>53</v>
       </c>
       <c r="P17" t="s">
         <v>34</v>
       </c>
       <c r="Q17" t="s">
         <v>34</v>
       </c>
       <c r="R17" t="s">
         <v>34</v>
       </c>
       <c r="S17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="T17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="V17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="W17">
         <v>10</v>
       </c>
       <c r="Y17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Z17">
         <v>1</v>
       </c>
       <c r="AD17" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:30">
       <c r="A18" s="1">
         <v>1163</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E18">
         <v>237</v>
       </c>
       <c r="G18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="J18" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N18" t="s">
         <v>52</v>
       </c>
       <c r="O18" t="s">
         <v>53</v>
       </c>
       <c r="P18" t="s">
         <v>34</v>
       </c>
       <c r="Q18" t="s">
         <v>34</v>
       </c>
       <c r="R18" t="s">
         <v>34</v>
       </c>
       <c r="S18" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="T18" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="V18" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="W18">
         <v>9</v>
       </c>
       <c r="Y18" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Z18">
         <v>1</v>
       </c>
       <c r="AD18" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:30">
       <c r="A19" s="1">
         <v>1162</v>
       </c>
       <c r="B19" t="s">
         <v>30</v>
       </c>
       <c r="C19" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E19">
         <v>237</v>
       </c>
       <c r="G19" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I19" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="J19" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N19" t="s">
         <v>52</v>
       </c>
       <c r="O19" t="s">
         <v>53</v>
       </c>
       <c r="P19" t="s">
         <v>34</v>
       </c>
       <c r="Q19" t="s">
         <v>34</v>
       </c>
       <c r="R19" t="s">
         <v>34</v>
       </c>
       <c r="S19" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="T19" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="V19" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="W19">
         <v>8</v>
       </c>
       <c r="Y19" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="Z19">
         <v>1</v>
       </c>
       <c r="AD19" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:30">
       <c r="A20" s="1">
         <v>1161</v>
       </c>
       <c r="B20" t="s">
         <v>30</v>
       </c>
       <c r="C20" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E20">
         <v>237</v>
       </c>
       <c r="G20" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H20" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I20" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="J20" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="N20" t="s">
         <v>52</v>
       </c>
       <c r="O20" t="s">
         <v>53</v>
       </c>
       <c r="P20" t="s">
         <v>34</v>
       </c>
       <c r="Q20" t="s">
         <v>34</v>
       </c>
       <c r="R20" t="s">
         <v>34</v>
       </c>
       <c r="S20" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="T20" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="V20" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="W20">
         <v>7</v>
       </c>
       <c r="Y20" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="Z20">
         <v>1</v>
       </c>
       <c r="AD20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:30">
       <c r="A21" s="1">
         <v>1160</v>
       </c>
       <c r="B21" t="s">
         <v>30</v>
       </c>
       <c r="C21" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E21">
         <v>237</v>
       </c>
       <c r="G21" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H21" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J21" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="N21" t="s">
         <v>52</v>
       </c>
       <c r="O21" t="s">
         <v>53</v>
       </c>
       <c r="P21" t="s">
         <v>34</v>
       </c>
       <c r="Q21" t="s">
         <v>34</v>
       </c>
       <c r="R21" t="s">
         <v>34</v>
       </c>
       <c r="S21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="T21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="V21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="W21">
         <v>6</v>
       </c>
       <c r="Y21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="Z21">
         <v>1</v>
       </c>
       <c r="AD21" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:30">
       <c r="A22" s="1">
         <v>1159</v>
       </c>
       <c r="B22" t="s">
         <v>30</v>
       </c>
       <c r="C22" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E22">
         <v>237</v>
       </c>
       <c r="G22" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="J22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N22" t="s">
         <v>52</v>
       </c>
       <c r="O22" t="s">
         <v>63</v>
       </c>
       <c r="P22" t="s">
         <v>34</v>
       </c>
       <c r="Q22" t="s">
         <v>34</v>
       </c>
       <c r="R22" t="s">
         <v>34</v>
       </c>
       <c r="S22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="T22" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="V22" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="W22">
         <v>5</v>
       </c>
       <c r="Y22" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="Z22">
         <v>1</v>
       </c>
       <c r="AD22" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:30">
       <c r="A23" s="1">
         <v>1158</v>
       </c>
       <c r="B23" t="s">
         <v>30</v>
       </c>
       <c r="C23" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E23">
         <v>237</v>
       </c>
       <c r="G23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J23" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N23" t="s">
         <v>52</v>
       </c>
       <c r="O23" t="s">
         <v>63</v>
       </c>
       <c r="P23" t="s">
         <v>34</v>
       </c>
       <c r="Q23" t="s">
         <v>34</v>
       </c>
       <c r="R23" t="s">
         <v>34</v>
       </c>
       <c r="S23" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="T23" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="V23" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="W23">
         <v>4</v>
       </c>
       <c r="Y23" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="Z23">
         <v>1</v>
       </c>
       <c r="AD23" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:30">
       <c r="A24" s="1">
         <v>1157</v>
       </c>
       <c r="B24" t="s">
         <v>30</v>
       </c>
       <c r="C24" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D24" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E24">
         <v>237</v>
       </c>
       <c r="G24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I24" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="J24" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="N24" t="s">
         <v>52</v>
       </c>
       <c r="O24" t="s">
         <v>63</v>
       </c>
       <c r="P24" t="s">
         <v>34</v>
       </c>
       <c r="Q24" t="s">
         <v>34</v>
       </c>
       <c r="R24" t="s">
         <v>34</v>
       </c>
       <c r="S24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="T24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="V24" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="Y24" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="Z24">
         <v>1</v>
       </c>
       <c r="AD24" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:30">
       <c r="A25" s="1">
         <v>1156</v>
       </c>
       <c r="B25" t="s">
         <v>30</v>
       </c>
       <c r="C25" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D25" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E25">
         <v>237</v>
       </c>
       <c r="G25" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H25" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I25" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="J25" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="N25" t="s">
         <v>52</v>
       </c>
       <c r="O25" t="s">
         <v>63</v>
       </c>
       <c r="P25" t="s">
         <v>34</v>
       </c>
       <c r="Q25" t="s">
         <v>34</v>
       </c>
       <c r="R25" t="s">
         <v>34</v>
       </c>
       <c r="S25" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="T25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="V25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="W25">
         <v>2</v>
       </c>
       <c r="Y25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="Z25">
         <v>1</v>
       </c>
       <c r="AD25" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:30">
       <c r="A26" s="1">
         <v>1155</v>
       </c>
       <c r="B26" t="s">
         <v>30</v>
       </c>
       <c r="C26" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D26" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E26">
         <v>237</v>
       </c>
       <c r="G26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="N26" t="s">
         <v>52</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P26" t="s">
         <v>34</v>
       </c>
       <c r="Q26" t="s">
         <v>34</v>
       </c>
       <c r="R26" t="s">
         <v>34</v>
       </c>
       <c r="S26" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="T26" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="W26">
         <v>1</v>
       </c>
       <c r="Y26" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="Z26">
         <v>1</v>
       </c>
       <c r="AD26" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">