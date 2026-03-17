--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -117,50 +117,110 @@
     <t>cap_4_ingresos</t>
   </si>
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770803291Aprobaci%C3%B3n%20Inicial.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770803291Aprobaci%C3%B3n%20definitiva.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770803291Memoria.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770803291Bases%20de%20Ejecuci%C3%B3n%20presupuesto%202026.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770803292Informe%20Econ%C3%B3mico%20Financiero.pdf</t>
+  </si>
+  <si>
+    <t>63383824,54</t>
+  </si>
+  <si>
+    <t>19385985,55</t>
+  </si>
+  <si>
+    <t>33143259,21</t>
+  </si>
+  <si>
+    <t>130058,32</t>
+  </si>
+  <si>
+    <t>2235520,46</t>
+  </si>
+  <si>
+    <t>8459001,00</t>
+  </si>
+  <si>
+    <t>30000,00</t>
+  </si>
+  <si>
+    <t>22550100,00</t>
+  </si>
+  <si>
+    <t>3703600,00</t>
+  </si>
+  <si>
+    <t>6710500,00</t>
+  </si>
+  <si>
+    <t>22036504,54</t>
+  </si>
+  <si>
+    <t>1353120,00</t>
+  </si>
+  <si>
+    <t>2000000,00</t>
+  </si>
+  <si>
+    <t>5000000,00</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1770803292Liquidaci%C3%B3n%20Presupuesto%202024.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1756190248Aprobacion%20Inicial%20Ppto.%202025.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1756190274Aprobacion%20definitiva%20Ppto.%202025.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1756191210Memoria%20Ppto.%202025.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1756190213Bases%20Ejecucion%20Ppto.%202025.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.colmenarviejo.com/storage/uploads/1756191166Informe%20Economico%20Ppto.%202025.pdf</t>
   </si>
   <si>
     <t>68.880.091,15</t>
   </si>
   <si>
     <t>18.735.496,94</t>
   </si>
   <si>
     <t>31.576.610,11</t>
   </si>
@@ -861,91 +921,91 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI10"/>
+  <dimension ref="A1:AI11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="291" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="137" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="180" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="152" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="226" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="129" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
@@ -1015,610 +1075,684 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>315</v>
+        <v>354</v>
       </c>
       <c r="B2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
       <c r="D2" t="s">
         <v>36</v>
       </c>
       <c r="H2" t="s">
         <v>37</v>
       </c>
       <c r="I2" t="s">
         <v>38</v>
       </c>
       <c r="J2" t="s">
         <v>39</v>
       </c>
       <c r="M2" t="s">
         <v>40</v>
       </c>
       <c r="N2" t="s">
         <v>41</v>
       </c>
       <c r="O2" t="s">
         <v>42</v>
       </c>
       <c r="P2" t="s">
         <v>43</v>
       </c>
       <c r="Q2" t="s">
         <v>44</v>
       </c>
       <c r="S2" t="s">
         <v>45</v>
       </c>
-      <c r="T2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="V2" t="s">
         <v>46</v>
       </c>
       <c r="W2" t="s">
         <v>40</v>
       </c>
       <c r="X2" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y2" t="s">
         <v>48</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>49</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AA2" t="s">
         <v>50</v>
       </c>
-      <c r="AA2" t="s">
+      <c r="AB2" t="s">
         <v>51</v>
       </c>
-      <c r="AB2" t="s">
+      <c r="AC2" t="s">
         <v>52</v>
       </c>
-      <c r="AC2" t="s">
+      <c r="AE2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF2" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
       <c r="AG2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="B3">
-        <v>2023</v>
+        <v>2025</v>
+      </c>
+      <c r="C3" t="s">
+        <v>55</v>
       </c>
       <c r="D3" t="s">
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
       </c>
       <c r="I3" t="s">
-        <v>56</v>
+        <v>58</v>
+      </c>
+      <c r="J3" t="s">
+        <v>59</v>
       </c>
       <c r="M3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="N3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="O3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="P3" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>64</v>
+      </c>
+      <c r="S3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T3" t="s">
+        <v>66</v>
+      </c>
+      <c r="U3" t="s">
+        <v>67</v>
+      </c>
+      <c r="V3" t="s">
+        <v>66</v>
+      </c>
+      <c r="W3" t="s">
         <v>60</v>
       </c>
-      <c r="Q3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="Y3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="Z3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="AA3" t="s">
+        <v>71</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>72</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE3" t="s">
         <v>67</v>
       </c>
-      <c r="AB3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AF3" t="s">
-        <v>71</v>
+        <v>66</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D4" t="s">
-        <v>72</v>
+        <v>75</v>
+      </c>
+      <c r="I4" t="s">
+        <v>76</v>
       </c>
       <c r="M4" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="N4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="O4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="P4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="Q4" t="s">
+        <v>81</v>
+      </c>
+      <c r="R4" t="s">
+        <v>66</v>
+      </c>
+      <c r="S4" t="s">
+        <v>82</v>
+      </c>
+      <c r="T4" t="s">
+        <v>66</v>
+      </c>
+      <c r="U4" t="s">
+        <v>83</v>
+      </c>
+      <c r="V4" t="s">
+        <v>66</v>
+      </c>
+      <c r="W4" t="s">
         <v>77</v>
       </c>
-      <c r="R4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X4" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="Y4" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="Z4" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="AA4" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="AB4" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="AC4" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="AD4" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="AE4" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="AF4" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B5">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>2022</v>
+      </c>
+      <c r="D5" t="s">
+        <v>92</v>
+      </c>
+      <c r="M5" t="s">
+        <v>93</v>
+      </c>
+      <c r="N5" t="s">
+        <v>94</v>
+      </c>
+      <c r="O5" t="s">
+        <v>95</v>
+      </c>
+      <c r="P5" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>97</v>
+      </c>
+      <c r="R5" t="s">
+        <v>66</v>
+      </c>
+      <c r="S5" t="s">
+        <v>98</v>
+      </c>
+      <c r="T5" t="s">
+        <v>66</v>
+      </c>
+      <c r="U5" t="s">
+        <v>83</v>
+      </c>
+      <c r="V5" t="s">
+        <v>66</v>
+      </c>
+      <c r="W5" t="s">
+        <v>99</v>
+      </c>
+      <c r="X5" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>102</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>105</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>67</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B6">
-        <v>2020</v>
-[...68 lines deleted...]
-        <v>104</v>
+        <v>2021</v>
+      </c>
+      <c r="L6" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B7">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="D7" t="s">
+        <v>107</v>
       </c>
       <c r="I7" t="s">
+        <v>108</v>
+      </c>
+      <c r="K7" t="s">
+        <v>109</v>
+      </c>
+      <c r="M7" t="s">
+        <v>110</v>
+      </c>
+      <c r="N7" t="s">
+        <v>111</v>
+      </c>
+      <c r="O7" t="s">
+        <v>112</v>
+      </c>
+      <c r="P7" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>114</v>
+      </c>
+      <c r="R7" t="s">
+        <v>66</v>
+      </c>
+      <c r="S7" t="s">
+        <v>115</v>
+      </c>
+      <c r="T7" t="s">
+        <v>91</v>
+      </c>
+      <c r="U7" t="s">
+        <v>116</v>
+      </c>
+      <c r="V7" t="s">
+        <v>91</v>
+      </c>
+      <c r="W7" t="s">
+        <v>117</v>
+      </c>
+      <c r="X7" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>119</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>120</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>121</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC7" t="s">
         <v>105</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>123</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="2">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B8">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>2018</v>
       </c>
       <c r="I8" t="s">
-        <v>107</v>
-[...59 lines deleted...]
-        <v>46</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="2">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B9">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D9" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I9" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M9" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N9" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="O9" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="Q9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="R9" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="S9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="T9" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="U9" t="s">
-        <v>133</v>
+        <v>116</v>
       </c>
       <c r="V9" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="W9" t="s">
         <v>134</v>
       </c>
       <c r="X9" t="s">
         <v>135</v>
       </c>
       <c r="Y9" t="s">
         <v>136</v>
       </c>
       <c r="Z9" t="s">
         <v>137</v>
       </c>
       <c r="AA9" t="s">
         <v>138</v>
       </c>
       <c r="AB9" t="s">
         <v>139</v>
       </c>
       <c r="AC9" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="AD9" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="AE9" t="s">
-        <v>121</v>
+        <v>141</v>
       </c>
       <c r="AF9" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="2">
+        <v>291</v>
+      </c>
+      <c r="B10">
+        <v>2016</v>
+      </c>
+      <c r="D10" t="s">
+        <v>142</v>
+      </c>
+      <c r="H10" t="s">
+        <v>143</v>
+      </c>
+      <c r="I10" t="s">
+        <v>144</v>
+      </c>
+      <c r="J10" t="s">
+        <v>145</v>
+      </c>
+      <c r="K10" t="s">
+        <v>146</v>
+      </c>
+      <c r="M10" t="s">
+        <v>147</v>
+      </c>
+      <c r="N10" t="s">
+        <v>148</v>
+      </c>
+      <c r="O10" t="s">
+        <v>149</v>
+      </c>
+      <c r="P10" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>151</v>
+      </c>
+      <c r="R10" t="s">
+        <v>66</v>
+      </c>
+      <c r="S10" t="s">
+        <v>152</v>
+      </c>
+      <c r="T10" t="s">
+        <v>66</v>
+      </c>
+      <c r="U10" t="s">
+        <v>153</v>
+      </c>
+      <c r="V10" t="s">
+        <v>91</v>
+      </c>
+      <c r="W10" t="s">
+        <v>154</v>
+      </c>
+      <c r="X10" t="s">
+        <v>155</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>156</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>157</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>158</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>140</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>141</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="A11" s="2">
         <v>290</v>
       </c>
-      <c r="B10">
+      <c r="B11">
         <v>2015</v>
       </c>
-      <c r="D10" t="s">
+      <c r="D11" t="s">
+        <v>160</v>
+      </c>
+      <c r="I11" t="s">
+        <v>161</v>
+      </c>
+      <c r="J11" t="s">
+        <v>162</v>
+      </c>
+      <c r="K11" t="s">
+        <v>163</v>
+      </c>
+      <c r="M11" t="s">
+        <v>164</v>
+      </c>
+      <c r="N11" t="s">
+        <v>165</v>
+      </c>
+      <c r="O11" t="s">
+        <v>166</v>
+      </c>
+      <c r="P11" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>167</v>
+      </c>
+      <c r="R11" t="s">
+        <v>66</v>
+      </c>
+      <c r="S11" t="s">
+        <v>168</v>
+      </c>
+      <c r="T11" t="s">
+        <v>66</v>
+      </c>
+      <c r="U11" t="s">
+        <v>153</v>
+      </c>
+      <c r="V11" t="s">
+        <v>91</v>
+      </c>
+      <c r="W11" t="s">
+        <v>169</v>
+      </c>
+      <c r="X11" t="s">
+        <v>170</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>171</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>172</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>173</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>174</v>
+      </c>
+      <c r="AC11" t="s">
         <v>140</v>
       </c>
-      <c r="I10" t="s">
-[...66 lines deleted...]
-        <v>46</v>
+      <c r="AD11" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>175</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">